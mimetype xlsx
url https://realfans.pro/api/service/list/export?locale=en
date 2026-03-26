--- v0 (2026-02-09)
+++ v1 (2026-03-26)
@@ -12,140 +12,134 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="256">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>平台</t>
   </si>
   <si>
     <t>服务</t>
   </si>
   <si>
     <t>每千人价格（美元）</t>
   </si>
   <si>
     <t>每千人价格（元）</t>
   </si>
   <si>
     <t>最小订购数</t>
   </si>
   <si>
     <t>最大订购数</t>
   </si>
   <si>
     <t>Facebook</t>
   </si>
   <si>
-    <t>【Followers】 Facebook Followers (some accounts may share the same profile picture) | Supports Public Page / Personal Page | 10K+/day | No drop | 0-2 hours start | No after-sales</t>
-[...5 lines deleted...]
-    <t>【Followers】 Facebook Followers | Supports Public Page / Personal Page | 1-10K/day | No drop | 0-2 hours start | No after-sales</t>
+    <t>【Followers】 Facebook Followers | Supports Public Page / Personal Page | 5-50K+/day | Low drop | 0-1 hour start | No after-sales</t>
+  </si>
+  <si>
+    <t>【Followers】 Facebook Followers | Supports Public Page / Personal Page | 10-50K+/day | Low drop | 0-1 hours start | 30-Day After-sales</t>
+  </si>
+  <si>
+    <t>【Followers】 Facebook Followers | Supports Public Page / Personal Page | 1-10K/day | Low drop | 0-2 hours start | No after-sales</t>
   </si>
   <si>
     <t>【Followers】 Facebook Followers | Supports Public Page / Personal Page | Fast | No drop | 0-2 hour start | 30-Day After-sales</t>
   </si>
   <si>
-    <t>【Followers】 Facebook Followers | Supports Public Page / Personal Page | Low Quality | 500+/day | No drop | 0-6 hours start</t>
-[...1 lines deleted...]
-  <si>
     <t>【Followers】 Facebook Followers | Supports Public Page / Personal Page | 1K+/day | No drop | 0-6 hours start | 30-Day After-sales</t>
   </si>
   <si>
+    <t>【Followers】 Facebook Followers | Supports Public Page / Personal Page | 3K+/day | No drop | 0-2 hours start | 30-Day After-sales</t>
+  </si>
+  <si>
     <t>【Followers】 Facebook Supports Public Page / Personal Page | 5K+/day | No drop | 0-2 hour start | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Followers】 Facebook Followers | Supports Public Page / Personal Page | 3K+/day | No drop | 0-2 hour start | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Followers】 Facebook Public Page Followers | No drop | 0-6 hour start | 90-Day After-sales</t>
   </si>
   <si>
     <t>【Fans + Likes】 Facebook Public Page Followers + Likes | Premium | Low Drop Rate | 0-3 Hour Start | 30-Day After-Sales</t>
   </si>
   <si>
-    <t>【Followers + Likes】 Facebook Public Page Followers + Likes | 1K+/day | No drop | 0-2 hours start | 15-Day After-sales</t>
-[...4 lines deleted...]
-  <si>
     <t>【Followers + Likes】 Facebook Public Page Followers + Likes | 2K+/day | No drop | 0-6 hours start</t>
   </si>
   <si>
     <t>【Followers】 Facebook Personal Page Followers (Personal Account) | 500+/day | No drop | 0-2 hour start | 30-Day After-sales (See description, Follow button must be visible)</t>
   </si>
   <si>
     <t>【Followers】 Facebook Personal Page Followers (Personal Account) | 2K+/day | No drop | 0-2 hours start | 30-Day After-sales (See instructions, Follow button must be visible)</t>
   </si>
   <si>
     <t>【Followers】 Facebook Group Members | 2K+/day | Starts in 0–1 Hour | Low Drop Rate</t>
   </si>
   <si>
     <t>【Members】 Facebook Group Members | 2K+/day | 0-1 hour start | Low Drop Rate | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Members】 Facebook Group Members | 0-6 hour start | Low Drop Rate</t>
   </si>
   <si>
     <t>【Members】 Facebook Group Members | 10K+/day | 0-1 hour start | No drop | 30-Day After-sales</t>
   </si>
   <si>
     <t>Facebook Video Views | 3-second watch | Can be used to earn ad revenue | Long &amp; Short Videos Supported | 30K–150K/day | Starts in 0–10 minutes</t>
   </si>
   <si>
     <t>【Views】 Facebook Video Views | Real-user quality | Supports Long &amp; Short Videos | 20K-100K/day | Starts in 0–10 minutes</t>
   </si>
   <si>
-    <t>【Like】 Facebook Post Reaction 👍 | 0-1 Hour Start （If this service fails to deliver, please switch to service 229.）</t>
+    <t>Facebook Post Likes [Like 👍] | Start in 0–1 Hours</t>
   </si>
   <si>
     <t>【Likes】Facebook Post Likes [Like 👍] | Start in 0–2 Hours (Posts with only photos and no text may not be supported)</t>
   </si>
   <si>
     <t>【Likes】 Facebook Post Reactions [Like 👍] | Fast | 0-1 hour start | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 Facebook Post Reactions [Love ❤️] | Fast | 0-1 hour start | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 Facebook Post Reactions [Wow 😲] | Fast | 0-1 hour start | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 Facebook Post Reactions [Care 🤗] | Fast | 0-1 hour start | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 Facebook Post Reactions [Angry 😡] | Fast | 0-1 hour start | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 Facebook Post Reactions [Sad 😢] | Fast | 0-1 hour start | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Comments】 Facebook Custom Comments | High Quality | 200/day | 0-2 hour start</t>
   </si>
@@ -164,110 +158,122 @@
   <si>
     <t>Facebook Live Viewers | 120 minutes | 0-10 minutes start</t>
   </si>
   <si>
     <t>Facebook Live Viewers | 150 minutes | 0-10 minutes start</t>
   </si>
   <si>
     <t>Facebook Live Viewers | 180 minutes | 0-10 minutes start</t>
   </si>
   <si>
     <t>Facebook Live Viewers | 210 minutes | 0-10 minutes start</t>
   </si>
   <si>
     <t>Facebook Live Viewers | 240 minutes | 0-10 minutes start</t>
   </si>
   <si>
     <t>Facebook Live Viewers | 270 minutes | 0-10 minutes start</t>
   </si>
   <si>
     <t>Facebook Live Viewers | 300 minutes | 0-10 minutes start</t>
   </si>
   <si>
     <t>【Shares】 Facebook Post Shares | Real-user Quality | Starts in 0–1 Hours (Please provide the post/video link. Do NOT provide an image link.)</t>
   </si>
   <si>
+    <t>【Shares】 Facebook Post Shares | Real-user Quality | Starts in 0–1 Hours (Please provide the post/video link. Do NOT provide an image link.) | 30-Day After-sales</t>
+  </si>
+  <si>
     <t>Instagram</t>
   </si>
   <si>
     <t>【Followers】Instagram Followers | Mix of High-Quality &amp; Bot Accounts | 5K+/day | Starts in 0–1 hour | No After-sales</t>
   </si>
   <si>
     <t>【Followers】 Instagram Followers | Real-user Quality | 10K-50K/day | Starts in 0–1 hour | Low Drop Rate | No After-sales</t>
   </si>
   <si>
     <t>【Followers】Instagram Followers | Real-user Quality | 5K+/day | Starts in 0–1 Hour | Low Drop Rate | No After-sales</t>
   </si>
   <si>
+    <t>【Followers】 Instagram Followers |Real-user Quality | 1-10K/day | 0–1 hour start | 30-Day After-sales</t>
+  </si>
+  <si>
     <t>【Followers】 Instagram Followers | High-quality aged accounts with 1-10 posts | 10K+/day | 0-1 hour start | Low drop rate | No after-sales</t>
   </si>
   <si>
     <t>【Followers】Instagram Followers | High-quality aged accounts with 1-10 posts | 10K+/day | 0-1 hour start | Low drop rate | 30-Day After-sales</t>
   </si>
   <si>
+    <t>【Followers】 Instagram Followers | Real-user Quality | 1-10K/day | Starts in 0–1 hour | Low Drop Rate | No After-sales</t>
+  </si>
+  <si>
     <t>【Followers】 Instagram Followers | Real-user quality | 5K+/day | Starts in 0–1 hour | Low Drop Rate | 30-Day After-Sales</t>
   </si>
   <si>
     <t>【Followers】 Instagram Followers | Real-user quality | 10K–50K/day | Start in 0–1 hour  | Low Drop Rate | 30-day After-sales</t>
   </si>
   <si>
     <t>【Views】 Instagram Post Views | High Quality | Fast | No Drop (Videos Not Supported)</t>
   </si>
   <si>
-    <t>【Views】 Instagram Post Views + Reach | High-Quality | Fast | No Drop-Off</t>
+    <t>【Views】 Instagram Post Views + Reach | High-Quality | Fast | No Drop-Off (Videos Not Supported)</t>
   </si>
   <si>
     <t>【Views】 Instagram Post Views + Reach + Profile Visits | High Quality | Fast | No Drop</t>
   </si>
   <si>
     <t>【Views】 Instagram Video Views | Premium | 0-10 min Start | Supports All Video Types</t>
   </si>
   <si>
     <t>【Views】 Instagram Video Views | High Quality | 0-10 Min Start | Supports All Video Types</t>
   </si>
   <si>
     <t>【Views】Instagram Video Views | Real-user Quality | 0–10 minutes start | Supports all video types</t>
   </si>
   <si>
     <t>【Views】 Instagram Video Views | Real-user Quality | Start 0-10 min | Supports All Video Types</t>
   </si>
   <si>
     <t>【Likes】Instagram Likes | Real-user Quality Old Accounts | Starts within 0–10 minutes | Speed: 30K–100K per day</t>
   </si>
   <si>
     <t>【Likes】Instagram Likes | Real-user Quality Old Accounts | Starts in 0–10 minutes | Speed: 30K–100K/day | 30-day After-sales</t>
   </si>
   <si>
     <t>【Likes】 Instagram Likes (Updated 10.13) | Real-user Quality | Starts in 0–10 minutes | Speed 5K+/day | Low Drop Rate</t>
   </si>
   <si>
     <t>【Like】 Instagram Likes — Updated 10.1 | Real-user Quality | Starts in 0–10 minutes | Speed 10K+/day</t>
   </si>
   <si>
     <t>【Likes】Instagram Likes (Updated 10.4) | Real-user Quality | Starts in 0–10 minutes | Speed 20K+/day</t>
   </si>
   <si>
+    <t>[Likes] Instagram Likes | Real User Quality | 30K–100K+ per day | Starts in 0–10 minutes</t>
+  </si>
+  <si>
     <t>【Likes】Instagram Likes | Real-user Quality | Starts in 0–10 minutes | Speed 20K+/day | 30-day After-sales</t>
   </si>
   <si>
     <t>【Likes】Instagram Likes (Updated 10/1) | Real-user Quality | Speed 30K+/day | Starts in 0–10 minutes</t>
   </si>
   <si>
     <t>【Likes】Instagram Likes | Real-user Quality | Starts in 0–10 minutes | Speed 30K+/day | 30-Day After-Sales</t>
   </si>
   <si>
     <t>【Likes】Instagram Likes (Updated 9.23) | Real-user Qualitys | Starts in 0–10 minutes | Speed 30K–100K+/day</t>
   </si>
   <si>
     <t>【Likes】Instagram Likes | Real-user Qualitys | Starts in 0–10 minutes | Speed 30K–100K+/day | 30-Day After-Sales</t>
   </si>
   <si>
     <t>【Likes】 Instagram Likes — Updated 9.16 | Real-user Quality | Starts in 0–10 minutes | Speed: 40K–100K+/day</t>
   </si>
   <si>
     <t>【Likes】 Updated 9.23 — Instagram Likes | Real-user Quality old accounts | Starts in 0–10 minutes | Speed 30K–100K+/day</t>
   </si>
   <si>
     <t>【Likes】Updated on Sept 17 — Instagram Likes | Real-user Quality Old Accounts | Starts in 0–10 Minutes | Speed: 50K–200K+/day | 30-Day Refill</t>
   </si>
   <si>
     <t>【Like】 Instagram Likes – Updated 09.27 | Real-user Quality | Starts in 0–10 minutes | Fast Delivery</t>
@@ -275,501 +281,549 @@
   <si>
     <t>【Like】 Instagram Likes — Updated 9.27 | Real-user Quality | Starts in 0–10 minutes | Super Fast</t>
   </si>
   <si>
     <t>【Likes】 Instagram &lt;India&gt; Likes | Real-user Quality | 5K+/day | No Drop-off</t>
   </si>
   <si>
     <t>【Like】 Instagram Comment Likes | Real-user Quality | Starts in 0–10 minutes (Provide comment link — see service instructions for how to get the link)</t>
   </si>
   <si>
     <t>【Comments】 Instagram Comments | Random Positive Emojis 😘💞💐🏵️😍🤩🥰😘😚🤯❤️🤎💜💙💓💋 | 0-1 Hour Start (Comments may be deleted or hidden by the platform. If the delivered quantity is insufficient, no after-sales service is provided.)</t>
   </si>
   <si>
     <t>【Comments】Instagram Custom Comments | Real-user Quality | 0-2 Hours Start (Comments may be deleted or hidden by the platform; no after-sales service if the delivered quantity is insufficient)</t>
   </si>
   <si>
     <t>【Comments】 Instagram Custom Comments | High Quality | 0-6 Hours Start (Comments may be deleted or hidden by the platform; if the number is insufficient, no after-sales service is provided)</t>
   </si>
   <si>
     <t>【Shares】Instagram Shares — Extra Bonus Included | High Quality | 0-10 min Start | No Drop</t>
   </si>
   <si>
     <t>【Shares】Instagram Shares — Includes Extra Bonus | Real User Quality | Starts in 0–10 Minutes | No Drop</t>
   </si>
   <si>
+    <t>【Reposts】Instagram Reposts | Real User Quality | Starts in 0–10 Minutes | No Drop</t>
+  </si>
+  <si>
     <t>Telegram/TG</t>
   </si>
   <si>
     <t>Telegram Group Members / Channel Subscribers | Some with profile pictures/names | 0-1 hour start | 90-day after-sales (see notes, only for private links)</t>
   </si>
   <si>
     <t>Telegram Group Members / Channel Subscribers | Some with Profile Pictures / Bio | 0-1 Hour Start | 365-Day After-Sales (See Notes, Only for Private Links)</t>
   </si>
   <si>
     <t>Telegram Group Members / Channel Subscribers | Some with Profile Pictures/Bios | 0-1 Hour Start | 2-Year After-sales (See Notes, Only Available for Private Links)</t>
   </si>
   <si>
     <t>Telegram Group Members / Channel Subscribers | With Profile Pictures/Bios | 0-24 Hours Start | 30-Day No Drop Guarantee (See Notes, After-sales Only for Private Links)</t>
   </si>
   <si>
     <t>Telegram Group Members / Channel Subscribers | With Avatars/Bios （some accounts may appear as deleted） | Starts 0–2 hours | No Drop | 30-Day After-Sales (see details, after-sales only available for private links)</t>
   </si>
   <si>
-    <t>Telegram Group Members / Channel Subscribers （Mostly Chinese Accounts） | With Profile Pictures / Bios &lt;Some Accounts May Be Deleted&gt; | 0-2 Hours Start | No Drop | 90-Day After-sales (See Notes, Only for Private Links)</t>
+    <t>Telegram Group Members / Channel Subscribers （Mostly Chinese Accounts） | With Profile Pictures / Bios （Some Accounts May Be Deleted） | 0-2 Hours Start | No Drop | 90-Day After-sales (See Notes, Only for Private Links)</t>
   </si>
   <si>
     <t>Telegram Group Members / Channel Subscribers | Russia | With Profile Pictures/Nicknames | 0-1 Hour Start | No Drop | 30-Day After-sales (See Notes, Only Provided for Private Links)</t>
   </si>
   <si>
     <t>Telegram Group Members / Channel Subscribers | Ukraine | With profile picture/nickname | 0-1 hour start | No drop | 90-day after-sales (see instructions, after-sales only for private links)</t>
   </si>
   <si>
     <t>[Members/Subscribers] Telegram Group Members / Channel Subscribers | India | With Avatar &amp; Nickname | 0–1 Hour Start | Low Drop | 30-Day After-Sales (Note: After-sales only for private links)</t>
   </si>
   <si>
+    <t>Telegram Group Members / Channel Subscribers (Most will appear as deleted accounts)Telegram Group Members / Channel Subscribers (Most will appear as deleted accounts) | Fast | Low Drop (No refill if drops increase in the future due to platform risk control)</t>
+  </si>
+  <si>
     <t>Telegram Group Online Members | 30 days | 0-72 hours start | Does not support Chinese/Korean/Russian communities</t>
   </si>
   <si>
     <t>Telegram Group Online Members | 30 Days | 0-72 Hours Start | Supports Chinese Community</t>
   </si>
   <si>
     <t>Telegram Group Members / Channel Subscribers | With Profile Photos | Starts Within 0–2 Hours | 6-Month No-Drop Guarantee (See Description, After-Sales Support for Private Links Only)</t>
   </si>
   <si>
+    <t>Telegram Post Views — Specific Single Post | 0-1 Hour Start</t>
+  </si>
+  <si>
+    <t>Telegram Post Views — Specific Single Post | 0-2 Hour Start</t>
+  </si>
+  <si>
+    <t>Telegram Post Views — Specific Single Post | Natural Growth</t>
+  </si>
+  <si>
+    <t>Telegram Post Views — Specific Single Post | High Quality | Fast</t>
+  </si>
+  <si>
     <t>Telegram Post Views — Specific Single Post | Real High Quality | Fast</t>
   </si>
   <si>
     <t>Telegram — Post Views — Last 5 Posts | 0-1 Hour Start</t>
   </si>
   <si>
     <t>Telegram — Post Views — Last 10 Posts | 0-1 Hour Start</t>
   </si>
   <si>
     <t>Telegram — Post Views — Last 20 Posts | 0-1 Hour Start</t>
   </si>
   <si>
     <t>Telegram — Post Views — Last 30 Posts | 0-1 Hour Start</t>
   </si>
   <si>
     <t>Telegram — Post Views — Last 50 Posts | 0-1 Hour Start</t>
   </si>
   <si>
     <t>Telegram — Post Views — Last 100 Posts | 0-1 Hour Start</t>
   </si>
   <si>
     <t>Telegram — Post Views — Last 200 Posts | 0-1 Hour Start</t>
   </si>
   <si>
+    <t>Telegram Post Mixed [Positive] Emojis  👍🤩🎉🔥❤️🥰👏🏻🥳😍❤️‍🔥💯   + Views | Minimum Order Quantity: 100 | Start: 0-2 hours</t>
+  </si>
+  <si>
+    <t>Telegram Post Mixed [Positive] Emojis 👍❤️🔥🥰👏😁🎉🤩 Minimum Order Quantity: 500 | Start: 0-1 hour</t>
+  </si>
+  <si>
+    <t>Telegram Post Mixed [Positive] Emojis 👍❤️🔥🥰👏😁🎉🤩  Minimum Order Quantity: 10 | Start: 0-30 minutes</t>
+  </si>
+  <si>
+    <t>Telegram Post Mixed [Positive] Emojis 👍❤️🔥🥰👏😁🎉🤩 Minimum Order Quantity: 50 | Real-user Quality | Start: 0-30 minutes</t>
+  </si>
+  <si>
+    <t>Telegram Post Reactions Mixed [Negative] 👎 🤮 😁 🤯 😢 🤔 💩 🤬 | 0-1 hour Start</t>
+  </si>
+  <si>
+    <t>Telegram Post Reactions Mixed [Negative] 🖕💔👎😢💩🤮🤬😡🥱🍌😈 | 0-30 minutes</t>
+  </si>
+  <si>
     <t>Telegram Post Shares / Forwards</t>
   </si>
   <si>
-    <t>Telegram Post Mixed [Positive] Emojis 👍❤️🔥🥰👏😁🎉🤩  Minimum Order Quantity: 10 | Start: 0-30 minutes</t>
-[...4 lines deleted...]
-  <si>
     <t>[Members] Telegram Premium Users | From Search | 0–1 Hour Start | No Drop Within 7 Days | 7-Day After-Sales</t>
   </si>
   <si>
     <t>Telegram Premium Members | From Search | Starts in 0–1 Hour | No Drop for 15 Days | 15-Day After-sales</t>
   </si>
   <si>
     <t>Telegram Premium Members | From Search | Starts in 0–1 Hour | No Drop for 30 Days | 30-Day After-sales</t>
   </si>
   <si>
     <t>Telegram Premium Users | From Search | Starts Within 0–36 Hours | No Drop for 30 Days | 30-Day After-Sales</t>
   </si>
   <si>
     <t>Telegram Boost Channel Support | 1-Day Boost</t>
   </si>
   <si>
     <t>Telegram Boost Channel Support | 7-Day Boost</t>
   </si>
   <si>
     <t>Telegram Boost – Channel Engagement Support | 15-Day Boost</t>
   </si>
   <si>
     <t>Telegram Post Premium Member Views – Global Users</t>
   </si>
   <si>
     <t>Telegram Bot Activation – U.S. Users | Starts in 0–30 minutes | Data Analytics Supported</t>
   </si>
   <si>
     <t>Telegram Bot Activation – Chinese Users | Starts in 0–30 minutes | Data Analytics Supported</t>
   </si>
   <si>
     <t>Telegram Bot Start – Global Users | 0–30 min Launch | Supports Data Tracking | Supports Invite Links</t>
   </si>
   <si>
     <t>Telegram Bot Activation – From Search | Starts in 0–1 hour</t>
   </si>
   <si>
     <t>Telegram Bot Activation – Premium Users</t>
   </si>
   <si>
     <t>TikTok</t>
   </si>
   <si>
-    <t>【Followers】 TikTok Followers | Real-user Qualitys | 200+/day | Starts in 0–1 Hour | Low Drop Rate</t>
-[...5 lines deleted...]
-    <t>【Followers】TikTok Followers | Real-user Quality | 100+/day | 0-1 hour start | Low Drop Rate</t>
+    <t>【Followers】 TikTok Followers | Real-user Quality | 1-5K+/day | 0-1 Hour Start | Drop rate 0–20% (You can apply for refills about 5 times; the followers will gradually stabilize.) | 30-Day After-Sales(This service’s remaining quantity may not update in real time. Please check the order progress in your account.)</t>
+  </si>
+  <si>
+    <t>【Followers】TikTok Followers | Real Accounts with Videos | 1-5K+/day | 0-1 hour Start | Drop rate 0–20% (You can apply for refills about 5 times; the followers will gradually stabilize.) | 30-Day After-sales</t>
+  </si>
+  <si>
+    <t>【Followers】 TikTok Followers | Real-user Qualitys | 50+/day | Starts in 0–1 Hour | Low Drop Rate</t>
+  </si>
+  <si>
+    <t>【Followers】 TikTok Followers | Real-user Qualitys | 30+/day | Starts in 0–1 Hour | Low Drop Rate | 30-Day After-Sales</t>
+  </si>
+  <si>
+    <t>【Followers】TikTok Followers | Real-user Quality | 50+/day | 0-1 hour start | Low Drop Rate</t>
   </si>
   <si>
     <t>【Followers】TikTok Followers | Real-user Quality | 100+/day | 0-1 Hour Start | Low Drop Rate | 30-Day After-sales</t>
   </si>
   <si>
-    <t>【Followers】TikTok Followers | Real Accounts with Videos | 1-5K+/day | 0-1 hour Start | Drop rate 0–50% (You can apply for refills about 5 times; the followers will gradually stabilize.) | 30-Day After-sales</t>
-[...5 lines deleted...]
-    <t>【Followers】 TikTok Followers | Real-user Quality | 1-5K+/day | 0-1 Hour Start | Drop rate 0–50% (You can apply for refills about 5 times; the followers will gradually stabilize.) | 30-Day After-Sales(This service’s remaining quantity may not update in real time. Please check the order progress in your account.)</t>
+    <t>【Followers】TikTok Followers | Real-user Quality | 200+/day | 0-1 hour start | Drop rate 0–20% (You can apply for refills about 5 times; the followers will gradually stabilize.) | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Followers】 TikTok （Brazil） Followers | Real-user Quality | 5K+/day | 0-1 hour start</t>
   </si>
   <si>
     <t>【Followers】 TikTok （Brazil）Followers | Real-user Quality | 5K+/day | 0-1 hour start | 30-Day After-Sales</t>
   </si>
   <si>
-    <t>【Views】TikTok Video Views | Real Accounts Quality | 0-10 Minute Start | 30-Day After-sales</t>
-[...1 lines deleted...]
-  <si>
     <t>【Views】TikTok Video Views | 0–10 minutes start</t>
   </si>
   <si>
     <t>【Views】 TikTok Views | Real-user Quality | Starts in 0–10 minutes</t>
   </si>
   <si>
-    <t>【Views】TikTok Video Views | High Quality |  0–10 Minutes Start | 30-Day After-sales</t>
-[...1 lines deleted...]
-  <si>
     <t>【Likes】TikTok Likes | Real-user quality | Low drop rate | Speed: 10K–50K/day | Starts in 0–4 hours | 30-Day After-sales</t>
   </si>
   <si>
+    <t>【Likes】TikTok Likes | Real-user Quality | Low Drop Rate | Speed 50K+/day | Start in 0-4 hours</t>
+  </si>
+  <si>
+    <t>【Likes + Views】 TikTok Likes + Video Views | Real-user quality | No drop-off | Speed 10K–50K/day | Start in 0–10minutes  | 30-Day After-sales</t>
+  </si>
+  <si>
+    <t>【Likes + Views】 TikTok Likes + Video Views | Real-user quality | No drop-off | Speed 10K–50K/day | Start in 0–10minutes</t>
+  </si>
+  <si>
+    <t>[Likes] TikTok Likes | High Quality | Speed: 1K+/day | Starts in 0–30 minutes (small orders are more stable; large orders may experience higher drop rates)</t>
+  </si>
+  <si>
+    <t>【Likes】TikTok Likes + Views | Real users with video activity | No drop | Speed: 10K–100K/day | Starts in 0–10 minute</t>
+  </si>
+  <si>
     <t>【Likes】TikTok Likes + Views | Real users with video activity | No drop | Speed: 10K–100K/day | Starts in 0–10 minutes | 30-Day After-sales</t>
   </si>
   <si>
-    <t>【Likes + Views】 TikTok Likes + Video Views | Real-user quality | No drop-off | Speed 10K–50K/day | Start in 0–10minutes</t>
-[...7 lines deleted...]
-  <si>
     <t>【Favorites】 TikTok Favorites | Fast | Real-user Quality | 30-Day After-Sales</t>
   </si>
   <si>
     <t>【Bookmarks】TikTok Bookmarks | Fast | 0-1 hour start</t>
   </si>
   <si>
+    <t>TikTok Shares | Real User Quality | Speed 1K+/Day | Starts in 0–10 Minutes | 30-Day After-Sales</t>
+  </si>
+  <si>
+    <t>[Shares] TikTok Shares – Extra Bonus Included | No Drop | 0-30 Minutes Start</t>
+  </si>
+  <si>
     <t>【Comments】TikTok Custom Comments | Real-user Quality | Start in 0–1 Hour</t>
   </si>
   <si>
-    <t>【Comments】TikTok Custom Comments | High Quality | Starts in 0–1 Hour</t>
-[...1 lines deleted...]
-  <si>
     <t>【Comments】TikTok Custom Comments | High Quality | Starts in 0–2 Hour</t>
   </si>
   <si>
     <t>【Comments]】TikTok Random Comments | High Quality | 5K+/day | Starts in 0–1 hour</t>
   </si>
   <si>
-    <t>【Comments]】TikTok Random Comments (English + Russian + Positive Emojis) | Real-user Quality | 0-2 Hours Start</t>
-[...4 lines deleted...]
-  <si>
     <t>【Live】TikTok Live Likes | Real-user Quality | 0-5 min Start | No Drop</t>
   </si>
   <si>
     <t>【Live】TikTok Live Likes | High Quality | 0-10 Minutes Start | No Drop</t>
   </si>
   <si>
     <t>【Live】TikTok Live Likes | Real-user Quality | 0-10 Minutes Start | No Drop</t>
   </si>
   <si>
+    <t>TikTok Live Comments | Random Comments | High Quality | Fast | No Drop</t>
+  </si>
+  <si>
+    <t>TikTok Live Comments | Random Emojis | High Quality | Fast | No Drop</t>
+  </si>
+  <si>
     <t>【Live】TikTok Live Comments | Custom Comments | High Quality | 0-10 Min Start | No Drop</t>
   </si>
   <si>
-    <t>【Live]】TikTok Live Viewers | 15-Minute Watch Time | High Quality | Fast</t>
-[...10 lines deleted...]
-  <si>
     <t>Twitter/X</t>
   </si>
   <si>
-    <t>【Followers Boost】Twitter Followers – English &amp; Crypto &amp; NFT Audience | Real-user Quality | 15–300/day | Start in 0–1 Hour | Low Drop Rate | No After-Sales</t>
-[...2 lines deleted...]
-    <t>【Followers】Twitter Followers – English &amp; Crypto &amp; NFT Audience | Real-user Quality | 15–300/day | Start in 0–1 Hour | Low Drop Rate | 30-Day After-Sales</t>
+    <t>【Followers Boost】Twitter Followers – English &amp; Crypto &amp; NFT Audience | Real-user Quality | 50–300/day | Start in 0–1 Hour | Low Drop Rate | No After-Sales</t>
+  </si>
+  <si>
+    <t>【Followers】Twitter Followers – English &amp; Crypto &amp; NFT Audience | Real-user Quality | 50–300/day | Start in 0–1 Hour | Low Drop Rate | 30-Day After-Sales</t>
+  </si>
+  <si>
+    <t>【Followers】Normal Operation — Twitter English Followers | High Quality | 10K+/day | Starts in 0–1 hour | High Drop Rate | No After-Sales</t>
+  </si>
+  <si>
+    <t>【Followers】Normal Operation — Twitter Japan Followers | High Quality | 10K+/day | Starts in 0–1 hour | High Drop Rate | No After-Sales</t>
+  </si>
+  <si>
+    <t>【Followers】Normal Operation — Twitter Korea Followers | High Quality | 10K+/day | Starts in 0–1 hour | High Drop Rate | No After-Sales</t>
   </si>
   <si>
     <t>【Followers】Normal Operation — Twitter English Followers | High Quality | 10K+/day | Starts in 0–1 hour | Very High Drop Rate | No After-Sales</t>
   </si>
   <si>
     <t>【Followers】Normal Operation — Twitter English Followers | High Quality | 12K+/day | Starts in 0–1 hour | Very High Drop Rate | No After-Sales</t>
   </si>
   <si>
     <t>【Followers】Normal Operation — Twitter English Followers | High Quality | 10K+/day | Starts in 0–6 hour | High Drop Rate | No After-Sales</t>
   </si>
   <si>
-    <t>【Followers】Normal Operation — Twitter English Followers | High Quality | 10K+/day | Starts in 0–1 hour | High Drop Rate | No After-Sales</t>
-[...1 lines deleted...]
-  <si>
     <t>【Followers】Normal Operation — Twitter USA Followers | High Quality | 5K+/day | Starts in 0–1 hour | High Drop Rate | No After-Sales</t>
   </si>
   <si>
+    <t>【Followers】Twitter Followers – Chinese, Japanese, and Korean Followers (Up to 1K) | Real Accounts | 50–300/day | Starts in 0-6 hours | Low Drop Rate | No After-Sales Service</t>
+  </si>
+  <si>
+    <t>【Followers】Twitter Followers – Chinese, Japanese, and Korean Followers (Up to 50K) | Real Accounts | 50–300/day | Starts in 0–6 hours | Low Drop Rate | No After-Sales Service</t>
+  </si>
+  <si>
+    <t>【Followers】Twitter Followers – Chinese, Japanese, and Korean Followers (up to 50K) | Real Accounts | 50-300/day | Starts in 0–6hours | Low Drop Rate | 30-Day Refill</t>
+  </si>
+  <si>
+    <t>【Followers】Twitter Followers – Crypto/NFT Followers (Up to 100K) | Real Accounts | 50-300/day | Starts in 0–48 hours | Low Drop Rate | No After-Sales Service</t>
+  </si>
+  <si>
+    <t>【Followers】Twitter Followers – Crypto/NFT Followers (up to 50K) | Real Accounts | 50-300/day | Starts in 0–6hours | Low Drop | 30-Day Refill</t>
+  </si>
+  <si>
     <t>【Views】 Twitter Tweet Views + Impressions (supports text &amp; video) | High Quality | Starts in 0–30 minutes | Up to 1M+/day | No drop-off | No after-sales</t>
   </si>
   <si>
     <t>【Views】 Twitter Tweet Views + Impressions (supports text &amp; video) | High Quality | Starts in 0–30 minutes | Up to 1M/day | No drop-off | No after-sales</t>
   </si>
   <si>
     <t>【Views】Twitter Tweet Views &amp; Impressions (Supports Text/Video) | High Quality | 0-30 Min Start | No Drop | No After-Sales</t>
   </si>
   <si>
     <t>【Views】Twitter Tweet Views &amp; Impressions (Supports Text/Video) | Real Accounts | 0-30 Min Start | No Drop | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Views】Twitter Tweet Views + Impressions (Supports Text/Video) | Real-user Quality | 0–30 min Start | No Drop | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Views】Twitter Tweet Views + Impressions (Supports Text/Video) 【United States (USA)】| Real-user Quality | 0–30 min Start | No Drop | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Views】Twitter Tweet Views + Impressions (Supports Text/Video) 【European Countries】| Real-user Quality | 0–30 min Start | No Drop | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Views】Twitter Post Views + Impressions + Tweet Detail Expands + Profile Visits + Engagements | Start in 0–10 Minutes | No Drop | 30-Day After-Sales</t>
   </si>
   <si>
     <t>Twitter Profile Visits (place tweet link) | Starts in 0–10 minutes | No drop</t>
   </si>
   <si>
+    <t>Twitter Tweet Detail Expands | No Drop | Starts in 0–10 minutes</t>
+  </si>
+  <si>
+    <t>Twitter Tweet Engagements | No Drop | Starts in 0–10 minutes</t>
+  </si>
+  <si>
     <t>Twitter Tweet Link Clicks | Starts in 0–10 Minutes | No Drop</t>
   </si>
   <si>
     <t>【Bookmarks】Twitter Bookmarks</t>
   </si>
   <si>
-    <t>【Likes】 Twitter Tweet Likes | Real-user Quality | 0–30 min Start | No After-Sales (The order may show as completed first, and then continue to increase afterward.)</t>
-[...5 lines deleted...]
-    <t>【Likes】Twitter Tweet Likes | Real Accounts | 0-1 Hours Start | Low Drop Rate | No After-Sales</t>
+    <t>【Likes】Twitter Tweet Likes | Premium Quality | 0-1 Hours Start | Low Drop Rate | No After-Sales</t>
   </si>
   <si>
     <t>【Likes】Twitter Tweet Likes | 1–10 Year Real Old Accounts | 0–30 min Start | Low Drop Rate | No After-Sales | Supports Any Tweet（Do not purchase services for political tweets）</t>
   </si>
   <si>
-    <t>【Likes】Twitter Tweet Likes | Real-user Quality | 0–10 Min Start | Low Drop Rate | No After-Sales Service</t>
-[...14 lines deleted...]
-    <t>【Retweet】Twitter Tweet Retweet | Japan | Real-user Quality</t>
+    <t>Twitter Likes + Retweets | Japan | High Quality | 7-Day After-sales</t>
+  </si>
+  <si>
+    <t>Twitter Retweets | Real User Quality | 0–10 Minutes | Fast Delivery | High Drop Rate | Supports Any Tweet</t>
   </si>
   <si>
     <t>【Likes + Retweets】Twitter Likes + Retweets (Same Account) | Real-user Quality | Fast</t>
   </si>
   <si>
     <t>【Likes + Retweets】Twitter Likes + Retweets + Random Comments Mentioning 3 Users (Same Account) | Real-user Quality | Fast</t>
   </si>
   <si>
     <t>【Likes + Retweets】Twitter Likes + Retweets + Custom Comments (Same Account, Comments Do Not Support Chinese) | Real-user Quality | Fast</t>
   </si>
   <si>
     <t>【Comments】Twitter Custom Comments | Chinese | High Quality | Fast</t>
   </si>
   <si>
     <t>【Comments】Twitter Custom Comments | English | Real-user Quality | Fast</t>
   </si>
   <si>
     <t>【Comments】Twitter Random Positive Comments | English | Real User Quality | Fast</t>
   </si>
   <si>
     <t>Twitter Quote Retweet [with Custom Content] | Custom Content | English | Real-user Quality | Fast</t>
   </si>
   <si>
     <t>Twitter Quote Retweets [with content] | Random Positive Content | English | Real-user Quality | Fast</t>
   </si>
   <si>
     <t>Twitter Poll Votes | Starts in 0–1 hour | Speed 5K+/day</t>
   </si>
   <si>
     <t>Twitter Poll Votes | Starts in 0–2 hour | Speed 2K+/day</t>
   </si>
   <si>
+    <t>Twitter Poll Votes | Starts in 0–2 hour | Speed 1W+/day</t>
+  </si>
+  <si>
     <t>Twitter Tweet Posting Service | English – Crypto &amp; NFT Content | Real-user Quality | 0–6 Hours Start</t>
   </si>
   <si>
     <t>Twitter Space Listeners | Twitter Space | 15-minute Listening | 0-10 Minutes Start</t>
   </si>
   <si>
     <t>Twitter Space Listeners | Twitter Space | 30-minute Listening | 0-10 Minutes Start</t>
   </si>
   <si>
     <t>Twitter Space Listeners | Twitter Spaces | 60-Minute Listening | 0-10 Minutes Start</t>
   </si>
   <si>
     <t>Twitter Space Listeners | Twitter Spaces | 90-Minute Listening | 0-10 Minutes Start</t>
   </si>
   <si>
     <t>Twitter Space Listeners | Twitter Spaces | 120-Minute Listening | 0-10 Minutes Start</t>
   </si>
   <si>
     <t>Twitter Live Audience | 15-Minute Viewing | Fast</t>
   </si>
   <si>
     <t>Twitter Live Audience | 30-Minute Viewing | Fast</t>
   </si>
   <si>
     <t>Twitter Live Audience | 45-Minute Viewing | Fast</t>
   </si>
   <si>
     <t>Twitter Live Audience | 60-Minute Viewing | Fast</t>
   </si>
   <si>
     <t>YouTube</t>
   </si>
   <si>
     <t>【Subscribers】 YouTube Subscribers | 100+/day | Start time: 0–6 hours | Low drop | 30-Day After-sales</t>
   </si>
   <si>
-    <t>【Subscribers】Updated Nov 11 — YouTube Subscribers | 1K+/day | Starts in 0–6 hours | No Drop | 30-Day After-sales (Remaining quantity updates slowly; please check progress in the account you ordered)</t>
+    <t>【Subscribers】YouTube Subscribers | 100+/day | Starts in 0–4 hours | Low Drop Rate | 30-Day After-sales</t>
+  </si>
+  <si>
+    <t>【Subscribers】Updated Nov 11 — YouTube Subscribers | 50-300/day | Starts in 0–6 hours | No Drop | 30-Day After-sales (Remaining quantity updates slowly; please check progress in the account you ordered)</t>
   </si>
   <si>
     <t>【Subscribers】YouTube Subscribers | 2K+/day | Starts in 0–10 minutes | Very High Drop Rate | 7-Day After-sales</t>
   </si>
   <si>
+    <t>【Views】 YouTube Views | Minimum 1K | From Ads Traffic | Real Users | Start time: 0–8 hours | No Drop | 365-Day After-sales （This service does not support mid-order cancellation.）</t>
+  </si>
+  <si>
     <t>【Views】YouTube Video Views | Real-user Quality | Watch Time 1–5 Minutes | 1K+/day | Start in 0–1 Hour | No Drop | 90-Day After-Sales （This service does not support mid-order cancellation.）</t>
   </si>
   <si>
     <t>【Views】 YouTube Views | Minimum 3K | From Ads Traffic | Real Users | Start time: 0–8 hours | No Drop | 365-Day After-sales （This service does not support mid-order cancellation.）</t>
   </si>
   <si>
     <t>【Views】 YouTube Views | Minimum 10K | From Ads Traffic | Real Users | Start time: 0–8 hours | No Drop | 365-Day After-sales（This service does not support mid-order cancellation.）</t>
   </si>
   <si>
     <t>【Views】 YouTube Views | Minimum 30K | From Ads Traffic | Real Users | Start time: 0–8 hours | No Drop | 365-day After-sales（This service does not support mid-order cancellation.）</t>
   </si>
   <si>
     <t>【Views】 YouTube Views | Minimum 40K | From Ads Traffic | Real Users | Start time: 0–8 hours | No Drop | 365-Day After-sales（This service does not support mid-order cancellation.）</t>
   </si>
   <si>
     <t>【Views】 YouTube Views | Minimum 500K | From Ads Traffic | Real Users | Start time: 0–8 hours | No Drop | 365-Day After-sales（This service does not support mid-order cancellation.）</t>
   </si>
   <si>
     <t>【Watch Time】 YouTube Watch Time | Google Ads traffic | 60+ Mins Video | 1000 orders = 1000 hours | Speed: 100 hours/day | No Drop | 365-Day After-sales（This service does not support mid-order cancellation.）</t>
   </si>
   <si>
+    <t>[Views] YouTube Views (Minimum 100) | Real Users | Start time: 0–8 hours | No Drop | 365-day After-sales Guarantee</t>
+  </si>
+  <si>
     <t>【Likes】 YouTube Likes | 2W-8W/day  | Low Drop Rate | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 YouTube Likes – Global Users | Fast | Real-user Quality | Low Drop Rate | 30-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 YouTube Likes – Taiwan Users | Fast | Real-user Quality | Low Drop Rate | 365-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 YouTube Likes – U.S. Users | Fast | Real-user Quality | Low Drop Rate | 365-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 YouTube Likes – Asian Users | Fast | Real-user Quality | Low Drop Rate | 365-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 YouTube Likes – European Users | Fast | Real-user Quality | Low Drop Rate | 365-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 YouTube Likes – Crypto/NFT Users | Fast | Real-user Quality | Low Drop Rate | 365-Day After-sales</t>
   </si>
   <si>
     <t>【Likes】 YouTube Likes – Japanese Users | Fast  | Real-user Quality | Low Drop Rate | 365-Day After-sales</t>
   </si>
   <si>
-    <t>【Comment Likes】YouTube Comment Likes | Fast | 30-Day After-Sales</t>
+    <t>【Comment Likes】YouTube Comment Likes | Fast | Real-user quality | No Drop | 30-Day After-Sales</t>
+  </si>
+  <si>
+    <t>YouTube Random Comments — AI-generated and video-related | Real-user Quality | Fast | No Drop | 30-Day After-Sales</t>
   </si>
   <si>
     <t>【Comments】YouTube Custom Comments | High Quality | Fast | No Drop | 365-Day After-sales</t>
   </si>
   <si>
     <t>【Comments】YouTube Custom Comments | Real-user Quality | Fast | No Drop | 365-Day After-sales</t>
   </si>
   <si>
     <t>【Live Stream】YouTube Live Viewers | Real Users | Fast | 15 Mins</t>
   </si>
   <si>
     <t>【Live Stream】YouTube Live Viewers | Real Users | Fast | 30 Mins</t>
   </si>
   <si>
     <t>【Live Stream】YouTube Live Viewers | Real Users | Fast | 60 Mins</t>
   </si>
   <si>
     <t>【Live Stream】YouTube Live Viewers | Real Users | Fast | 90 Minutes</t>
   </si>
   <si>
     <t>【Live Stream】YouTube Live Viewers | Real Users | Fast | 120 Mins</t>
   </si>
   <si>
     <t>【Live Stream】YouTube Live Viewers | Real Users | Fast | 240 Mins</t>
   </si>
   <si>
     <t>【Live Stream】YouTube Live Viewers | Real Users | Fast | 6 Hours</t>
   </si>
   <si>
     <t>【Live Stream】YouTube Live Viewers | Real Users | Fast | 12 Hours</t>
+  </si>
+  <si>
+    <t>[Live Comments] YouTube Live Comments | Customizable | High Quality | Start in 0–10 Minutes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1109,5401 +1163,5861 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G232"/>
+  <dimension ref="A1:G252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C232" sqref="C232"/>
+      <selection activeCell="C252" sqref="C252"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="100" customWidth="true" style="5"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" customHeight="1" ht="28">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="24">
       <c r="A2" s="2">
-        <v>341</v>
+        <v>495</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
-        <v>1.28</v>
+        <v>0.84</v>
       </c>
       <c r="E2" s="2">
-        <v>8.87</v>
+        <v>5.79</v>
       </c>
       <c r="F2" s="2">
         <v>10</v>
       </c>
       <c r="G2" s="2">
         <v>1000000</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="24">
       <c r="A3" s="2">
-        <v>339</v>
+        <v>219</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="2">
-        <v>1.24</v>
+        <v>1.84</v>
       </c>
       <c r="E3" s="2">
-        <v>8.59</v>
+        <v>12.69</v>
       </c>
       <c r="F3" s="2">
         <v>10</v>
       </c>
       <c r="G3" s="2">
-        <v>1000000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="24">
       <c r="A4" s="2">
         <v>392</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="2">
-        <v>1.93</v>
+        <v>1.95</v>
       </c>
       <c r="E4" s="2">
-        <v>13.37</v>
+        <v>13.45</v>
       </c>
       <c r="F4" s="2">
         <v>100</v>
       </c>
       <c r="G4" s="2">
         <v>10000000</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="24">
       <c r="A5" s="2">
         <v>400</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>11</v>
       </c>
       <c r="D5" s="2">
-        <v>3.25</v>
+        <v>3.29</v>
       </c>
       <c r="E5" s="2">
-        <v>22.52</v>
+        <v>22.7</v>
       </c>
       <c r="F5" s="2">
         <v>10</v>
       </c>
       <c r="G5" s="2">
         <v>1000000</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="24">
       <c r="A6" s="2">
-        <v>217</v>
+        <v>340</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="2">
-        <v>0.28</v>
+        <v>3.41</v>
       </c>
       <c r="E6" s="2">
-        <v>1.94</v>
+        <v>23.52</v>
       </c>
       <c r="F6" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G6" s="2">
-        <v>20000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="24">
       <c r="A7" s="2">
-        <v>340</v>
+        <v>497</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="2">
-        <v>3.37</v>
+        <v>3.98</v>
       </c>
       <c r="E7" s="2">
-        <v>23.35</v>
+        <v>27.46</v>
       </c>
       <c r="F7" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G7" s="2">
-        <v>1000000</v>
+        <v>30000000</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="24">
       <c r="A8" s="2">
         <v>218</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="4" t="s">
         <v>14</v>
       </c>
       <c r="D8" s="2">
-        <v>4.88</v>
+        <v>4.9</v>
       </c>
       <c r="E8" s="2">
         <v>33.81</v>
       </c>
       <c r="F8" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G8" s="2">
         <v>10000000</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="24">
       <c r="A9" s="2">
         <v>249</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="2">
         <v>4.0099999999999998</v>
       </c>
       <c r="E9" s="2">
-        <v>27.78</v>
+        <v>27.66</v>
       </c>
       <c r="F9" s="2">
         <v>100</v>
       </c>
       <c r="G9" s="2">
         <v>30000000</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="24">
       <c r="A10" s="2">
         <v>342</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D10" s="2">
-        <v>3.44</v>
+        <v>3.5</v>
       </c>
       <c r="E10" s="2">
-        <v>23.83</v>
+        <v>24.15</v>
       </c>
       <c r="F10" s="2">
         <v>10</v>
       </c>
       <c r="G10" s="2">
         <v>500000</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="24">
       <c r="A11" s="2">
         <v>393</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="2">
-        <v>4.06</v>
+        <v>4.11</v>
       </c>
       <c r="E11" s="2">
-        <v>28.13</v>
+        <v>28.35</v>
       </c>
       <c r="F11" s="2">
         <v>10</v>
       </c>
       <c r="G11" s="2">
         <v>500000</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="24">
       <c r="A12" s="2">
-        <v>220</v>
+        <v>394</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C12" s="4" t="s">
         <v>18</v>
       </c>
       <c r="D12" s="2">
-        <v>1.09</v>
+        <v>4.89</v>
       </c>
       <c r="E12" s="2">
-        <v>7.55</v>
+        <v>33.74</v>
       </c>
       <c r="F12" s="2">
         <v>100</v>
       </c>
       <c r="G12" s="2">
-        <v>1000000</v>
+        <v>250000</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="24">
       <c r="A13" s="2">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C13" s="4" t="s">
         <v>19</v>
       </c>
       <c r="D13" s="2">
-        <v>1.86</v>
+        <v>3.23</v>
       </c>
       <c r="E13" s="2">
-        <v>12.88</v>
+        <v>22.28</v>
       </c>
       <c r="F13" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G13" s="2">
-        <v>500000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="24">
       <c r="A14" s="2">
-        <v>394</v>
+        <v>345</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="2">
-        <v>4.89</v>
+        <v>3.15</v>
       </c>
       <c r="E14" s="2">
-        <v>33.88</v>
+        <v>21.73</v>
       </c>
       <c r="F14" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G14" s="2">
-        <v>250000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="24">
       <c r="A15" s="2">
-        <v>344</v>
+        <v>221</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="4" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="2">
-        <v>3.17</v>
+        <v>1.99</v>
       </c>
       <c r="E15" s="2">
-        <v>21.96</v>
+        <v>13.73</v>
       </c>
       <c r="F15" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G15" s="2">
-        <v>2000000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="24">
       <c r="A16" s="2">
-        <v>345</v>
+        <v>470</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C16" s="4" t="s">
         <v>22</v>
       </c>
       <c r="D16" s="2">
-        <v>3.15</v>
+        <v>2.77</v>
       </c>
       <c r="E16" s="2">
-        <v>21.82</v>
+        <v>19.11</v>
       </c>
       <c r="F16" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G16" s="2">
-        <v>20000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="24">
       <c r="A17" s="2">
-        <v>221</v>
+        <v>391</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C17" s="4" t="s">
         <v>23</v>
       </c>
       <c r="D17" s="2">
-        <v>1.99</v>
+        <v>1.09</v>
       </c>
       <c r="E17" s="2">
-        <v>13.79</v>
+        <v>7.52</v>
       </c>
       <c r="F17" s="2">
         <v>10</v>
       </c>
       <c r="G17" s="2">
-        <v>100000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="24">
       <c r="A18" s="2">
-        <v>470</v>
+        <v>222</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C18" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D18" s="2">
-        <v>2.77</v>
+        <v>7.68</v>
       </c>
       <c r="E18" s="2">
-        <v>19.19</v>
+        <v>52.99</v>
       </c>
       <c r="F18" s="2">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="G18" s="2">
-        <v>100000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="24">
       <c r="A19" s="2">
-        <v>391</v>
+        <v>224</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="4" t="s">
         <v>25</v>
       </c>
       <c r="D19" s="2">
-        <v>1.07</v>
+        <v>0.78</v>
       </c>
       <c r="E19" s="2">
-        <v>7.41</v>
+        <v>5.38</v>
       </c>
       <c r="F19" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G19" s="2">
-        <v>5000</v>
+        <v>500000000</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="24">
       <c r="A20" s="2">
-        <v>222</v>
+        <v>464</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="4" t="s">
         <v>26</v>
       </c>
       <c r="D20" s="2">
-        <v>7.52</v>
+        <v>0.11</v>
       </c>
       <c r="E20" s="2">
-        <v>52.11</v>
+        <v>0.75</v>
       </c>
       <c r="F20" s="2">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="G20" s="2">
-        <v>500000</v>
+        <v>50000000</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="24">
       <c r="A21" s="2">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C21" s="4" t="s">
         <v>27</v>
       </c>
       <c r="D21" s="2">
-        <v>0.78</v>
+        <v>0.42</v>
       </c>
       <c r="E21" s="2">
-        <v>5.4</v>
+        <v>2.89</v>
       </c>
       <c r="F21" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G21" s="2">
-        <v>500000000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="24">
       <c r="A22" s="2">
-        <v>464</v>
+        <v>346</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="D22" s="2">
-        <v>0.11</v>
+        <v>2.26</v>
       </c>
       <c r="E22" s="2">
-        <v>0.76</v>
+        <v>15.59</v>
       </c>
       <c r="F22" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="G22" s="2">
-        <v>50000000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="23" spans="1:7" customHeight="1" ht="24">
       <c r="A23" s="2">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="D23" s="2">
-        <v>1.13</v>
+        <v>3.1</v>
       </c>
       <c r="E23" s="2">
-        <v>7.83</v>
+        <v>21.39</v>
       </c>
       <c r="F23" s="2">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G23" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="24" spans="1:7" customHeight="1" ht="24">
       <c r="A24" s="2">
-        <v>346</v>
+        <v>230</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D24" s="2">
-        <v>2.14</v>
+        <v>3.1</v>
       </c>
       <c r="E24" s="2">
-        <v>14.83</v>
+        <v>21.39</v>
       </c>
       <c r="F24" s="2">
         <v>50</v>
       </c>
       <c r="G24" s="2">
-        <v>10000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="25" spans="1:7" customHeight="1" ht="24">
       <c r="A25" s="2">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C25" s="4" t="s">
         <v>31</v>
       </c>
       <c r="D25" s="2">
-        <v>3.04</v>
+        <v>3.1</v>
       </c>
       <c r="E25" s="2">
-        <v>21.059999999999999</v>
+        <v>21.39</v>
       </c>
       <c r="F25" s="2">
         <v>50</v>
       </c>
       <c r="G25" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="26" spans="1:7" customHeight="1" ht="24">
       <c r="A26" s="2">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C26" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D26" s="2">
-        <v>3.04</v>
+        <v>3.1</v>
       </c>
       <c r="E26" s="2">
-        <v>21.059999999999999</v>
+        <v>21.39</v>
       </c>
       <c r="F26" s="2">
         <v>50</v>
       </c>
       <c r="G26" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="27" spans="1:7" customHeight="1" ht="24">
       <c r="A27" s="2">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C27" s="4" t="s">
         <v>33</v>
       </c>
       <c r="D27" s="2">
-        <v>3.04</v>
+        <v>3.1</v>
       </c>
       <c r="E27" s="2">
-        <v>21.059999999999999</v>
+        <v>21.39</v>
       </c>
       <c r="F27" s="2">
         <v>50</v>
       </c>
       <c r="G27" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="28" spans="1:7" customHeight="1" ht="24">
       <c r="A28" s="2">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="4" t="s">
         <v>34</v>
       </c>
       <c r="D28" s="2">
-        <v>3.04</v>
+        <v>3.08</v>
       </c>
       <c r="E28" s="2">
-        <v>21.059999999999999</v>
+        <v>21.25</v>
       </c>
       <c r="F28" s="2">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="G28" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="29" spans="1:7" customHeight="1" ht="24">
       <c r="A29" s="2">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C29" s="4" t="s">
         <v>35</v>
       </c>
       <c r="D29" s="2">
-        <v>3.05</v>
+        <v>18.67</v>
       </c>
       <c r="E29" s="2">
-        <v>21.13</v>
+        <v>128.81999999999999</v>
       </c>
       <c r="F29" s="2">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="G29" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="30" spans="1:7" customHeight="1" ht="24">
       <c r="A30" s="2">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C30" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D30" s="2">
-        <v>3.05</v>
+        <v>24.91</v>
       </c>
       <c r="E30" s="2">
-        <v>21.13</v>
+        <v>171.87</v>
       </c>
       <c r="F30" s="2">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="G30" s="2">
-        <v>100000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="31" spans="1:7" customHeight="1" ht="24">
       <c r="A31" s="2">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C31" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D31" s="2">
-        <v>18.4</v>
+        <v>4.75</v>
       </c>
       <c r="E31" s="2">
-        <v>127.51000000000001</v>
+        <v>32.77</v>
       </c>
       <c r="F31" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="G31" s="2">
-        <v>100000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="32" spans="1:7" customHeight="1" ht="24">
       <c r="A32" s="2">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D32" s="2">
-        <v>24.8</v>
+        <v>12.16</v>
       </c>
       <c r="E32" s="2">
-        <v>171.86000000000001</v>
+        <v>83.90000000000001</v>
       </c>
       <c r="F32" s="2">
         <v>10</v>
       </c>
       <c r="G32" s="2">
-        <v>1000000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="33" spans="1:7" customHeight="1" ht="24">
       <c r="A33" s="2">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C33" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D33" s="2">
-        <v>4.68</v>
+        <v>14.23</v>
       </c>
       <c r="E33" s="2">
-        <v>32.43</v>
+        <v>98.18000000000001</v>
       </c>
       <c r="F33" s="2">
         <v>10</v>
       </c>
       <c r="G33" s="2">
         <v>20000</v>
       </c>
     </row>
     <row r="34" spans="1:7" customHeight="1" ht="24">
       <c r="A34" s="2">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C34" s="4" t="s">
         <v>40</v>
       </c>
       <c r="D34" s="2">
-        <v>11.99</v>
+        <v>18.98</v>
       </c>
       <c r="E34" s="2">
-        <v>83.090000000000003</v>
+        <v>130.96000000000001</v>
       </c>
       <c r="F34" s="2">
         <v>10</v>
       </c>
       <c r="G34" s="2">
         <v>20000</v>
       </c>
     </row>
     <row r="35" spans="1:7" customHeight="1" ht="24">
       <c r="A35" s="2">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>41</v>
       </c>
       <c r="D35" s="2">
-        <v>14.029999999999999</v>
+        <v>23.72</v>
       </c>
       <c r="E35" s="2">
-        <v>97.22</v>
+        <v>163.66</v>
       </c>
       <c r="F35" s="2">
         <v>10</v>
       </c>
       <c r="G35" s="2">
         <v>20000</v>
       </c>
     </row>
     <row r="36" spans="1:7" customHeight="1" ht="24">
       <c r="A36" s="2">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="4" t="s">
         <v>42</v>
       </c>
       <c r="D36" s="2">
-        <v>18.7</v>
+        <v>28.46</v>
       </c>
       <c r="E36" s="2">
-        <v>129.59</v>
+        <v>196.37</v>
       </c>
       <c r="F36" s="2">
         <v>10</v>
       </c>
       <c r="G36" s="2">
         <v>20000</v>
       </c>
     </row>
     <row r="37" spans="1:7" customHeight="1" ht="24">
       <c r="A37" s="2">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="4" t="s">
         <v>43</v>
       </c>
       <c r="D37" s="2">
-        <v>23.38</v>
+        <v>35.89</v>
       </c>
       <c r="E37" s="2">
-        <v>162.02000000000001</v>
+        <v>247.63999999999999</v>
       </c>
       <c r="F37" s="2">
         <v>10</v>
       </c>
       <c r="G37" s="2">
-        <v>20000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="38" spans="1:7" customHeight="1" ht="24">
       <c r="A38" s="2">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C38" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D38" s="2">
-        <v>28.050000000000001</v>
+        <v>40.22</v>
       </c>
       <c r="E38" s="2">
-        <v>194.38</v>
+        <v>277.50999999999999</v>
       </c>
       <c r="F38" s="2">
         <v>10</v>
       </c>
       <c r="G38" s="2">
         <v>20000</v>
       </c>
     </row>
     <row r="39" spans="1:7" customHeight="1" ht="24">
       <c r="A39" s="2">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C39" s="4" t="s">
         <v>45</v>
       </c>
       <c r="D39" s="2">
-        <v>35.37</v>
+        <v>48.72</v>
       </c>
       <c r="E39" s="2">
-        <v>245.11000000000001</v>
+        <v>336.16000000000003</v>
       </c>
       <c r="F39" s="2">
         <v>10</v>
       </c>
       <c r="G39" s="2">
         <v>50000</v>
       </c>
     </row>
     <row r="40" spans="1:7" customHeight="1" ht="24">
       <c r="A40" s="2">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C40" s="4" t="s">
         <v>46</v>
       </c>
       <c r="D40" s="2">
-        <v>39.64</v>
+        <v>52.59</v>
       </c>
       <c r="E40" s="2">
-        <v>274.69999999999999</v>
+        <v>362.87</v>
       </c>
       <c r="F40" s="2">
         <v>10</v>
       </c>
       <c r="G40" s="2">
         <v>20000</v>
       </c>
     </row>
     <row r="41" spans="1:7" customHeight="1" ht="24">
       <c r="A41" s="2">
-        <v>245</v>
+        <v>383</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C41" s="4" t="s">
         <v>47</v>
       </c>
       <c r="D41" s="2">
-        <v>47.81</v>
+        <v>3.16</v>
       </c>
       <c r="E41" s="2">
-        <v>331.31999999999999</v>
+        <v>21.8</v>
       </c>
       <c r="F41" s="2">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G41" s="2">
-        <v>50000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="42" spans="1:7" customHeight="1" ht="24">
       <c r="A42" s="2">
-        <v>246</v>
+        <v>517</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C42" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D42" s="2">
-        <v>51.61</v>
+        <v>3.34</v>
       </c>
       <c r="E42" s="2">
-        <v>357.64999999999998</v>
+        <v>23.039999999999999</v>
       </c>
       <c r="F42" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G42" s="2">
-        <v>20000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="43" spans="1:7" customHeight="1" ht="24">
       <c r="A43" s="2">
-        <v>383</v>
+        <v>518</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C43" s="4" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D43" s="2">
-        <v>3.13</v>
+        <v>3.63</v>
       </c>
       <c r="E43" s="2">
-        <v>21.69</v>
+        <v>25.039999999999999</v>
       </c>
       <c r="F43" s="2">
         <v>50</v>
       </c>
       <c r="G43" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="44" spans="1:7" customHeight="1" ht="24">
       <c r="A44" s="2">
         <v>447</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C44" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="C44" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" s="2">
-        <v>1.91</v>
+        <v>1.94</v>
       </c>
       <c r="E44" s="2">
-        <v>13.23</v>
+        <v>13.38</v>
       </c>
       <c r="F44" s="2">
         <v>10</v>
       </c>
       <c r="G44" s="2">
         <v>900000</v>
       </c>
     </row>
     <row r="45" spans="1:7" customHeight="1" ht="24">
       <c r="A45" s="2">
         <v>358</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C45" s="4" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D45" s="2">
-        <v>2.03</v>
+        <v>2.06</v>
       </c>
       <c r="E45" s="2">
-        <v>14.06</v>
+        <v>14.21</v>
       </c>
       <c r="F45" s="2">
         <v>100</v>
       </c>
       <c r="G45" s="2">
-        <v>100000</v>
+        <v>90000</v>
       </c>
     </row>
     <row r="46" spans="1:7" customHeight="1" ht="24">
       <c r="A46" s="2">
         <v>436</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C46" s="4" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D46" s="2">
-        <v>2.81</v>
+        <v>2.85</v>
       </c>
       <c r="E46" s="2">
-        <v>19.47</v>
+        <v>19.66</v>
       </c>
       <c r="F46" s="2">
         <v>100</v>
       </c>
       <c r="G46" s="2">
         <v>45000</v>
       </c>
     </row>
     <row r="47" spans="1:7" customHeight="1" ht="24">
       <c r="A47" s="2">
-        <v>376</v>
+        <v>356</v>
       </c>
       <c r="B47" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D47" s="2">
+        <v>2.47</v>
+      </c>
+      <c r="E47" s="2">
+        <v>17.039999999999999</v>
+      </c>
+      <c r="F47" s="2">
         <v>50</v>
       </c>
-      <c r="C47" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G47" s="2">
-        <v>5000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="48" spans="1:7" customHeight="1" ht="24">
       <c r="A48" s="2">
-        <v>359</v>
+        <v>376</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D48" s="2">
-        <v>4.68</v>
+        <v>2.85</v>
       </c>
       <c r="E48" s="2">
-        <v>32.43</v>
+        <v>19.66</v>
       </c>
       <c r="F48" s="2">
         <v>100</v>
       </c>
       <c r="G48" s="2">
         <v>5000000</v>
       </c>
     </row>
     <row r="49" spans="1:7" customHeight="1" ht="24">
       <c r="A49" s="2">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D49" s="2">
-        <v>4.76</v>
+        <v>4.72</v>
       </c>
       <c r="E49" s="2">
-        <v>32.98</v>
+        <v>32.56</v>
       </c>
       <c r="F49" s="2">
         <v>100</v>
       </c>
       <c r="G49" s="2">
-        <v>280000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="50" spans="1:7" customHeight="1" ht="24">
       <c r="A50" s="2">
-        <v>431</v>
+        <v>389</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D50" s="2">
+        <v>1.24</v>
+      </c>
+      <c r="E50" s="2">
+        <v>8.55</v>
+      </c>
+      <c r="F50" s="2">
         <v>50</v>
       </c>
-      <c r="C50" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G50" s="2">
-        <v>90000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="51" spans="1:7" customHeight="1" ht="24">
       <c r="A51" s="2">
-        <v>285</v>
+        <v>357</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D51" s="2">
-        <v>0.17</v>
+        <v>4.85</v>
       </c>
       <c r="E51" s="2">
-        <v>1.17</v>
+        <v>33.46</v>
       </c>
       <c r="F51" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G51" s="2">
-        <v>1000000</v>
+        <v>280000</v>
       </c>
     </row>
     <row r="52" spans="1:7" customHeight="1" ht="24">
       <c r="A52" s="2">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C52" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D52" s="2">
-        <v>0.19</v>
+        <v>3.84</v>
       </c>
       <c r="E52" s="2">
-        <v>1.31</v>
+        <v>26.49</v>
       </c>
       <c r="F52" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G52" s="2">
-        <v>1000000</v>
+        <v>90000</v>
       </c>
     </row>
     <row r="53" spans="1:7" customHeight="1" ht="24">
       <c r="A53" s="2">
-        <v>173</v>
+        <v>285</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D53" s="2">
-        <v>0.2</v>
+        <v>0.17</v>
       </c>
       <c r="E53" s="2">
-        <v>1.38</v>
+        <v>1.17</v>
       </c>
       <c r="F53" s="2">
         <v>10</v>
       </c>
       <c r="G53" s="2">
         <v>1000000</v>
       </c>
     </row>
     <row r="54" spans="1:7" customHeight="1" ht="24">
       <c r="A54" s="2">
-        <v>424</v>
+        <v>434</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C54" s="4" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D54" s="2">
-        <v>0.01</v>
+        <v>0.19</v>
       </c>
       <c r="E54" s="2">
-        <v>0.06</v>
+        <v>1.31</v>
       </c>
       <c r="F54" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G54" s="2">
-        <v>1000000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="55" spans="1:7" customHeight="1" ht="24">
       <c r="A55" s="2">
-        <v>423</v>
+        <v>173</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C55" s="4" t="s">
         <v>61</v>
       </c>
       <c r="D55" s="2">
-        <v>0.01</v>
+        <v>0.2</v>
       </c>
       <c r="E55" s="2">
-        <v>0.06</v>
+        <v>1.38</v>
       </c>
       <c r="F55" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G55" s="2">
-        <v>1000000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="56" spans="1:7" customHeight="1" ht="24">
       <c r="A56" s="2">
-        <v>284</v>
+        <v>424</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>62</v>
       </c>
       <c r="D56" s="2">
-        <v>0.02</v>
+        <v>0.01</v>
       </c>
       <c r="E56" s="2">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
       <c r="F56" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="G56" s="2">
         <v>1000000000</v>
       </c>
     </row>
     <row r="57" spans="1:7" customHeight="1" ht="24">
       <c r="A57" s="2">
-        <v>435</v>
+        <v>423</v>
       </c>
       <c r="B57" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D57" s="2">
+        <v>0.01</v>
+      </c>
+      <c r="E57" s="2">
+        <v>0.06</v>
+      </c>
+      <c r="F57" s="2">
         <v>50</v>
-      </c>
-[...10 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G57" s="2">
         <v>1000000000</v>
       </c>
     </row>
     <row r="58" spans="1:7" customHeight="1" ht="24">
       <c r="A58" s="2">
-        <v>174</v>
+        <v>284</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C58" s="4" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D58" s="2">
-        <v>0.05</v>
+        <v>0.02</v>
       </c>
       <c r="E58" s="2">
-        <v>0.34</v>
+        <v>0.13</v>
       </c>
       <c r="F58" s="2">
         <v>100</v>
       </c>
       <c r="G58" s="2">
-        <v>500000000</v>
+        <v>1000000000</v>
       </c>
     </row>
     <row r="59" spans="1:7" customHeight="1" ht="24">
       <c r="A59" s="2">
-        <v>280</v>
+        <v>435</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C59" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D59" s="2">
-        <v>0.47</v>
+        <v>0.04</v>
       </c>
       <c r="E59" s="2">
-        <v>3.25</v>
+        <v>0.27</v>
       </c>
       <c r="F59" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G59" s="2">
-        <v>50000</v>
+        <v>1000000000</v>
       </c>
     </row>
     <row r="60" spans="1:7" customHeight="1" ht="24">
       <c r="A60" s="2">
-        <v>466</v>
+        <v>174</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C60" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D60" s="2">
-        <v>0.61</v>
+        <v>0.05</v>
       </c>
       <c r="E60" s="2">
-        <v>4.22</v>
+        <v>0.34</v>
       </c>
       <c r="F60" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G60" s="2">
-        <v>500000</v>
+        <v>500000000</v>
       </c>
     </row>
     <row r="61" spans="1:7" customHeight="1" ht="24">
       <c r="A61" s="2">
-        <v>374</v>
+        <v>280</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D61" s="2">
-        <v>0.54</v>
+        <v>0.48</v>
       </c>
       <c r="E61" s="2">
-        <v>3.74</v>
+        <v>3.31</v>
       </c>
       <c r="F61" s="2">
         <v>10</v>
       </c>
       <c r="G61" s="2">
-        <v>500000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="62" spans="1:7" customHeight="1" ht="24">
       <c r="A62" s="2">
-        <v>178</v>
+        <v>466</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D62" s="2">
-        <v>0.73</v>
+        <v>0.62</v>
       </c>
       <c r="E62" s="2">
-        <v>5.05</v>
+        <v>4.27</v>
       </c>
       <c r="F62" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G62" s="2">
-        <v>1000000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="63" spans="1:7" customHeight="1" ht="24">
       <c r="A63" s="2">
-        <v>179</v>
+        <v>374</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D63" s="2">
-        <v>0.77</v>
+        <v>0.55</v>
       </c>
       <c r="E63" s="2">
-        <v>5.33</v>
+        <v>3.79</v>
       </c>
       <c r="F63" s="2">
         <v>10</v>
       </c>
       <c r="G63" s="2">
-        <v>2000000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="64" spans="1:7" customHeight="1" ht="24">
       <c r="A64" s="2">
-        <v>467</v>
+        <v>178</v>
       </c>
       <c r="B64" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D64" s="2">
+        <v>0.74</v>
+      </c>
+      <c r="E64" s="2">
+        <v>5.1</v>
+      </c>
+      <c r="F64" s="2">
         <v>50</v>
       </c>
-      <c r="C64" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G64" s="2">
-        <v>2000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="65" spans="1:7" customHeight="1" ht="24">
       <c r="A65" s="2">
-        <v>257</v>
+        <v>179</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C65" s="4" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D65" s="2">
-        <v>0.82</v>
+        <v>0.79</v>
       </c>
       <c r="E65" s="2">
-        <v>5.68</v>
+        <v>5.45</v>
       </c>
       <c r="F65" s="2">
         <v>10</v>
       </c>
       <c r="G65" s="2">
-        <v>1000000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="66" spans="1:7" customHeight="1" ht="24">
       <c r="A66" s="2">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C66" s="4" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D66" s="2">
-        <v>1.14</v>
+        <v>0.21</v>
       </c>
       <c r="E66" s="2">
-        <v>7.9</v>
+        <v>1.44</v>
       </c>
       <c r="F66" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="G66" s="2">
-        <v>1000000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="67" spans="1:7" customHeight="1" ht="24">
       <c r="A67" s="2">
-        <v>412</v>
+        <v>467</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C67" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D67" s="2">
-        <v>1.27</v>
+        <v>1.1</v>
       </c>
       <c r="E67" s="2">
-        <v>8.8</v>
+        <v>7.59</v>
       </c>
       <c r="F67" s="2">
         <v>10</v>
       </c>
       <c r="G67" s="2">
-        <v>3000000</v>
+        <v>2000000</v>
       </c>
     </row>
     <row r="68" spans="1:7" customHeight="1" ht="24">
       <c r="A68" s="2">
-        <v>469</v>
+        <v>257</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C68" s="4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D68" s="2">
-        <v>1.64</v>
+        <v>0.83</v>
       </c>
       <c r="E68" s="2">
-        <v>11.36</v>
+        <v>5.72</v>
       </c>
       <c r="F68" s="2">
         <v>10</v>
       </c>
       <c r="G68" s="2">
-        <v>3000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="69" spans="1:7" customHeight="1" ht="24">
       <c r="A69" s="2">
-        <v>413</v>
+        <v>375</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C69" s="4" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D69" s="2">
-        <v>1.38</v>
+        <v>1.15</v>
       </c>
       <c r="E69" s="2">
-        <v>9.56</v>
+        <v>7.93</v>
       </c>
       <c r="F69" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G69" s="2">
-        <v>300000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="70" spans="1:7" customHeight="1" ht="24">
       <c r="A70" s="2">
-        <v>369</v>
+        <v>412</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C70" s="4" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D70" s="2">
-        <v>1.46</v>
+        <v>1.27</v>
       </c>
       <c r="E70" s="2">
-        <v>10.11</v>
+        <v>8.76</v>
       </c>
       <c r="F70" s="2">
         <v>10</v>
       </c>
       <c r="G70" s="2">
-        <v>5000000</v>
+        <v>3000000</v>
       </c>
     </row>
     <row r="71" spans="1:7" customHeight="1" ht="24">
       <c r="A71" s="2">
-        <v>399</v>
+        <v>469</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C71" s="4" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D71" s="2">
-        <v>2.03</v>
+        <v>1.64</v>
       </c>
       <c r="E71" s="2">
-        <v>14.06</v>
+        <v>11.31</v>
       </c>
       <c r="F71" s="2">
         <v>10</v>
       </c>
       <c r="G71" s="2">
         <v>3000000</v>
       </c>
     </row>
     <row r="72" spans="1:7" customHeight="1" ht="24">
       <c r="A72" s="2">
-        <v>372</v>
+        <v>413</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C72" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D72" s="2">
-        <v>2.03</v>
+        <v>1.4</v>
       </c>
       <c r="E72" s="2">
-        <v>14.06</v>
+        <v>9.66</v>
       </c>
       <c r="F72" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G72" s="2">
-        <v>5000</v>
+        <v>300000</v>
       </c>
     </row>
     <row r="73" spans="1:7" customHeight="1" ht="24">
       <c r="A73" s="2">
-        <v>176</v>
+        <v>369</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C73" s="4" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D73" s="2">
-        <v>2.24</v>
+        <v>1.45</v>
       </c>
       <c r="E73" s="2">
-        <v>15.52</v>
+        <v>10</v>
       </c>
       <c r="F73" s="2">
         <v>10</v>
       </c>
       <c r="G73" s="2">
-        <v>1000000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="74" spans="1:7" customHeight="1" ht="24">
       <c r="A74" s="2">
-        <v>180</v>
+        <v>399</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C74" s="4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D74" s="2">
-        <v>0.54</v>
+        <v>2.06</v>
       </c>
       <c r="E74" s="2">
-        <v>3.74</v>
+        <v>14.21</v>
       </c>
       <c r="F74" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G74" s="2">
-        <v>500000</v>
+        <v>3000000</v>
       </c>
     </row>
     <row r="75" spans="1:7" customHeight="1" ht="24">
       <c r="A75" s="2">
-        <v>281</v>
+        <v>372</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C75" s="4" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D75" s="2">
-        <v>7.29</v>
+        <v>2.06</v>
       </c>
       <c r="E75" s="2">
-        <v>50.51</v>
+        <v>14.21</v>
       </c>
       <c r="F75" s="2">
         <v>10</v>
       </c>
       <c r="G75" s="2">
-        <v>15000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="76" spans="1:7" customHeight="1" ht="24">
       <c r="A76" s="2">
-        <v>371</v>
+        <v>176</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C76" s="4" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D76" s="2">
-        <v>16.11</v>
+        <v>2.27</v>
       </c>
       <c r="E76" s="2">
-        <v>111.64</v>
+        <v>15.66</v>
       </c>
       <c r="F76" s="2">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G76" s="2">
-        <v>20000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="77" spans="1:7" customHeight="1" ht="24">
       <c r="A77" s="2">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C77" s="4" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D77" s="2">
-        <v>40.48</v>
+        <v>0.54</v>
       </c>
       <c r="E77" s="2">
-        <v>280.51999999999998</v>
+        <v>3.72</v>
       </c>
       <c r="F77" s="2">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="G77" s="2">
-        <v>1000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="78" spans="1:7" customHeight="1" ht="24">
       <c r="A78" s="2">
-        <v>183</v>
+        <v>281</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C78" s="4" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D78" s="2">
-        <v>8.81</v>
+        <v>6.4</v>
       </c>
       <c r="E78" s="2">
-        <v>61.049999999999997</v>
+        <v>44.16</v>
       </c>
       <c r="F78" s="2">
         <v>10</v>
       </c>
       <c r="G78" s="2">
-        <v>500000</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="79" spans="1:7" customHeight="1" ht="24">
       <c r="A79" s="2">
-        <v>184</v>
+        <v>371</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C79" s="4" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D79" s="2">
-        <v>0.21</v>
+        <v>12.59</v>
       </c>
       <c r="E79" s="2">
-        <v>1.45</v>
+        <v>86.87</v>
       </c>
       <c r="F79" s="2">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="G79" s="2">
-        <v>500000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="80" spans="1:7" customHeight="1" ht="24">
       <c r="A80" s="2">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C80" s="4" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D80" s="2">
-        <v>0.51</v>
+        <v>41.25</v>
       </c>
       <c r="E80" s="2">
-        <v>3.53</v>
+        <v>284.62</v>
       </c>
       <c r="F80" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G80" s="2">
-        <v>5000000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="81" spans="1:7" customHeight="1" ht="24">
       <c r="A81" s="2">
-        <v>402</v>
+        <v>183</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="C81" s="4" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D81" s="2">
-        <v>2.26</v>
+        <v>8.98</v>
       </c>
       <c r="E81" s="2">
-        <v>15.66</v>
+        <v>61.96</v>
       </c>
       <c r="F81" s="2">
         <v>10</v>
       </c>
       <c r="G81" s="2">
-        <v>10000000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="82" spans="1:7" customHeight="1" ht="24">
       <c r="A82" s="2">
-        <v>403</v>
+        <v>184</v>
       </c>
       <c r="B82" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C82" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="C82" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D82" s="2">
-        <v>4.19</v>
+        <v>0.21</v>
       </c>
       <c r="E82" s="2">
-        <v>29.030000000000001</v>
+        <v>1.44</v>
       </c>
       <c r="F82" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G82" s="2">
-        <v>10000000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="83" spans="1:7" customHeight="1" ht="24">
       <c r="A83" s="2">
-        <v>404</v>
+        <v>185</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="C83" s="4" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="D83" s="2">
-        <v>5.85</v>
+        <v>0.51</v>
       </c>
       <c r="E83" s="2">
-        <v>40.54</v>
+        <v>3.51</v>
       </c>
       <c r="F83" s="2">
         <v>10</v>
       </c>
       <c r="G83" s="2">
-        <v>10000000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="84" spans="1:7" customHeight="1" ht="24">
       <c r="A84" s="2">
-        <v>405</v>
+        <v>419</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>87</v>
+        <v>49</v>
       </c>
       <c r="C84" s="4" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D84" s="2">
-        <v>1.05</v>
+        <v>2.25</v>
       </c>
       <c r="E84" s="2">
-        <v>7.27</v>
+        <v>15.52</v>
       </c>
       <c r="F84" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G84" s="2">
-        <v>150000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:7" customHeight="1" ht="24">
       <c r="A85" s="2">
-        <v>186</v>
+        <v>402</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C85" s="4" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D85" s="2">
-        <v>2.71</v>
+        <v>2.31</v>
       </c>
       <c r="E85" s="2">
-        <v>18.78</v>
+        <v>15.93</v>
       </c>
       <c r="F85" s="2">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="G85" s="2">
-        <v>100000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="86" spans="1:7" customHeight="1" ht="24">
       <c r="A86" s="2">
-        <v>187</v>
+        <v>403</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C86" s="4" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D86" s="2">
-        <v>2.4</v>
+        <v>4.23</v>
       </c>
       <c r="E86" s="2">
-        <v>16.63</v>
+        <v>29.18</v>
       </c>
       <c r="F86" s="2">
-        <v>500</v>
+        <v>10</v>
       </c>
       <c r="G86" s="2">
-        <v>200000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="87" spans="1:7" customHeight="1" ht="24">
       <c r="A87" s="2">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C87" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D87" s="2">
-        <v>2.87</v>
+        <v>5.96</v>
       </c>
       <c r="E87" s="2">
-        <v>19.88</v>
+        <v>41.12</v>
       </c>
       <c r="F87" s="2">
         <v>10</v>
       </c>
       <c r="G87" s="2">
-        <v>500000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="88" spans="1:7" customHeight="1" ht="24">
       <c r="A88" s="2">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C88" s="4" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D88" s="2">
-        <v>3.68</v>
+        <v>0.79</v>
       </c>
       <c r="E88" s="2">
-        <v>25.5</v>
+        <v>5.45</v>
       </c>
       <c r="F88" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G88" s="2">
-        <v>100000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="89" spans="1:7" customHeight="1" ht="24">
       <c r="A89" s="2">
-        <v>410</v>
+        <v>186</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C89" s="4" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D89" s="2">
-        <v>2.56</v>
+        <v>2.77</v>
       </c>
       <c r="E89" s="2">
-        <v>17.74</v>
+        <v>19.11</v>
       </c>
       <c r="F89" s="2">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="G89" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="90" spans="1:7" customHeight="1" ht="24">
       <c r="A90" s="2">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C90" s="4" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D90" s="2">
-        <v>13.89</v>
+        <v>2.43</v>
       </c>
       <c r="E90" s="2">
-        <v>96.25</v>
+        <v>16.76</v>
       </c>
       <c r="F90" s="2">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="G90" s="2">
-        <v>10000</v>
+        <v>200000</v>
       </c>
     </row>
     <row r="91" spans="1:7" customHeight="1" ht="24">
       <c r="A91" s="2">
-        <v>192</v>
+        <v>408</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C91" s="4" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D91" s="2">
-        <v>33.34</v>
+        <v>2.6</v>
       </c>
       <c r="E91" s="2">
-        <v>231.039999999999992</v>
+        <v>17.94</v>
       </c>
       <c r="F91" s="2">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="G91" s="2">
-        <v>9000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="92" spans="1:7" customHeight="1" ht="24">
       <c r="A92" s="2">
-        <v>309</v>
+        <v>409</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C92" s="4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D92" s="2">
-        <v>6.39</v>
+        <v>3.32</v>
       </c>
       <c r="E92" s="2">
-        <v>44.28</v>
+        <v>22.9</v>
       </c>
       <c r="F92" s="2">
         <v>10</v>
       </c>
       <c r="G92" s="2">
-        <v>120000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="93" spans="1:7" customHeight="1" ht="24">
       <c r="A93" s="2">
-        <v>105</v>
+        <v>410</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C93" s="4" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D93" s="2">
-        <v>0.26</v>
+        <v>2.31</v>
       </c>
       <c r="E93" s="2">
-        <v>1.8</v>
+        <v>15.93</v>
       </c>
       <c r="F93" s="2">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G93" s="2">
-        <v>1000000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="94" spans="1:7" customHeight="1" ht="24">
       <c r="A94" s="2">
-        <v>106</v>
+        <v>190</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C94" s="4" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D94" s="2">
-        <v>0.05</v>
+        <v>0.83</v>
       </c>
       <c r="E94" s="2">
-        <v>0.34</v>
+        <v>5.72</v>
       </c>
       <c r="F94" s="2">
         <v>10</v>
       </c>
       <c r="G94" s="2">
-        <v>100000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="95" spans="1:7" customHeight="1" ht="24">
       <c r="A95" s="2">
-        <v>107</v>
+        <v>191</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C95" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D95" s="2">
-        <v>0.17</v>
+        <v>14.15</v>
       </c>
       <c r="E95" s="2">
-        <v>1.17</v>
+        <v>97.63</v>
       </c>
       <c r="F95" s="2">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="G95" s="2">
-        <v>40000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="96" spans="1:7" customHeight="1" ht="24">
       <c r="A96" s="2">
-        <v>108</v>
+        <v>192</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C96" s="4" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D96" s="2">
-        <v>0.32</v>
+        <v>31.93</v>
       </c>
       <c r="E96" s="2">
-        <v>2.21</v>
+        <v>220.31</v>
       </c>
       <c r="F96" s="2">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="G96" s="2">
-        <v>40000</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="97" spans="1:7" customHeight="1" ht="24">
       <c r="A97" s="2">
-        <v>109</v>
+        <v>309</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C97" s="4" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D97" s="2">
-        <v>0.46</v>
+        <v>2.51</v>
       </c>
       <c r="E97" s="2">
-        <v>3.18</v>
+        <v>17.31</v>
       </c>
       <c r="F97" s="2">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="G97" s="2">
-        <v>40000</v>
+        <v>120000</v>
       </c>
     </row>
     <row r="98" spans="1:7" customHeight="1" ht="24">
       <c r="A98" s="2">
-        <v>110</v>
+        <v>511</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C98" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D98" s="2">
-        <v>0.73</v>
+        <v>0.02</v>
       </c>
       <c r="E98" s="2">
-        <v>5.05</v>
+        <v>0.13</v>
       </c>
       <c r="F98" s="2">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="G98" s="2">
-        <v>40000</v>
+        <v>50000000</v>
       </c>
     </row>
     <row r="99" spans="1:7" customHeight="1" ht="24">
       <c r="A99" s="2">
-        <v>111</v>
+        <v>512</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C99" s="4" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D99" s="2">
-        <v>1.6</v>
+        <v>0.02</v>
       </c>
       <c r="E99" s="2">
-        <v>11.08</v>
+        <v>0.13</v>
       </c>
       <c r="F99" s="2">
         <v>10</v>
       </c>
       <c r="G99" s="2">
-        <v>10000000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="100" spans="1:7" customHeight="1" ht="24">
       <c r="A100" s="2">
-        <v>112</v>
+        <v>513</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C100" s="4" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D100" s="2">
-        <v>2.48</v>
+        <v>0.03</v>
       </c>
       <c r="E100" s="2">
-        <v>17.18</v>
+        <v>0.2</v>
       </c>
       <c r="F100" s="2">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="G100" s="2">
-        <v>10000000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="101" spans="1:7" customHeight="1" ht="24">
       <c r="A101" s="2">
-        <v>114</v>
+        <v>514</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C101" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D101" s="2">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="E101" s="2">
-        <v>0.34</v>
+        <v>0.2</v>
       </c>
       <c r="F101" s="2">
         <v>10</v>
       </c>
       <c r="G101" s="2">
-        <v>1000000</v>
+        <v>50000000</v>
       </c>
     </row>
     <row r="102" spans="1:7" customHeight="1" ht="24">
       <c r="A102" s="2">
-        <v>310</v>
+        <v>105</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C102" s="4" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D102" s="2">
-        <v>0.22</v>
+        <v>0.26</v>
       </c>
       <c r="E102" s="2">
-        <v>1.52</v>
+        <v>1.79</v>
       </c>
       <c r="F102" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G102" s="2">
-        <v>200000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="103" spans="1:7" customHeight="1" ht="24">
       <c r="A103" s="2">
-        <v>194</v>
+        <v>106</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C103" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D103" s="2">
-        <v>0.21</v>
+        <v>0.05</v>
       </c>
       <c r="E103" s="2">
-        <v>1.45</v>
+        <v>0.34</v>
       </c>
       <c r="F103" s="2">
         <v>10</v>
       </c>
       <c r="G103" s="2">
-        <v>1000000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="104" spans="1:7" customHeight="1" ht="24">
       <c r="A104" s="2">
-        <v>311</v>
+        <v>107</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C104" s="4" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D104" s="2">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
       <c r="E104" s="2">
-        <v>51.62</v>
+        <v>1.17</v>
       </c>
       <c r="F104" s="2">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="G104" s="2">
-        <v>95000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="105" spans="1:7" customHeight="1" ht="24">
       <c r="A105" s="2">
-        <v>312</v>
+        <v>108</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C105" s="4" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D105" s="2">
-        <v>11.97</v>
+        <v>0.32</v>
       </c>
       <c r="E105" s="2">
-        <v>82.95</v>
+        <v>2.2</v>
       </c>
       <c r="F105" s="2">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="G105" s="2">
-        <v>95000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="106" spans="1:7" customHeight="1" ht="24">
       <c r="A106" s="2">
-        <v>313</v>
+        <v>109</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C106" s="4" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D106" s="2">
-        <v>21.72</v>
+        <v>0.46</v>
       </c>
       <c r="E106" s="2">
-        <v>150.50999999999999</v>
+        <v>3.17</v>
       </c>
       <c r="F106" s="2">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="G106" s="2">
-        <v>120000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="107" spans="1:7" customHeight="1" ht="24">
       <c r="A107" s="2">
-        <v>314</v>
+        <v>110</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C107" s="4" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D107" s="2">
-        <v>15.14</v>
+        <v>0.73</v>
       </c>
       <c r="E107" s="2">
-        <v>104.92</v>
+        <v>5.03</v>
       </c>
       <c r="F107" s="2">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="G107" s="2">
-        <v>25000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="108" spans="1:7" customHeight="1" ht="24">
       <c r="A108" s="2">
-        <v>315</v>
+        <v>111</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C108" s="4" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D108" s="2">
-        <v>51.47</v>
+        <v>1.6</v>
       </c>
       <c r="E108" s="2">
-        <v>356.68000000000001</v>
+        <v>11.039999999999999</v>
       </c>
       <c r="F108" s="2">
         <v>10</v>
       </c>
       <c r="G108" s="2">
-        <v>25000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="109" spans="1:7" customHeight="1" ht="24">
       <c r="A109" s="2">
-        <v>316</v>
+        <v>112</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C109" s="4" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D109" s="2">
-        <v>209.15000000000001</v>
+        <v>2.48</v>
       </c>
       <c r="E109" s="2">
-        <v>1449.40000000000009</v>
+        <v>17.11</v>
       </c>
       <c r="F109" s="2">
         <v>10</v>
       </c>
       <c r="G109" s="2">
-        <v>25000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="110" spans="1:7" customHeight="1" ht="24">
       <c r="A110" s="2">
-        <v>317</v>
+        <v>520</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C110" s="4" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D110" s="2">
-        <v>442.35000000000002</v>
+        <v>0.19</v>
       </c>
       <c r="E110" s="2">
-        <v>3065.48000000000002</v>
+        <v>1.31</v>
       </c>
       <c r="F110" s="2">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="G110" s="2">
-        <v>25000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="111" spans="1:7" customHeight="1" ht="24">
       <c r="A111" s="2">
-        <v>318</v>
+        <v>519</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C111" s="4" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D111" s="2">
-        <v>1.02</v>
+        <v>0.17</v>
       </c>
       <c r="E111" s="2">
-        <v>7.06</v>
+        <v>1.17</v>
       </c>
       <c r="F111" s="2">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="G111" s="2">
-        <v>10000</v>
+        <v>40000</v>
       </c>
     </row>
     <row r="112" spans="1:7" customHeight="1" ht="24">
       <c r="A112" s="2">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C112" s="4" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D112" s="2">
-        <v>0.9</v>
+        <v>0.21</v>
       </c>
       <c r="E112" s="2">
-        <v>6.23</v>
+        <v>1.44</v>
       </c>
       <c r="F112" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G112" s="2">
-        <v>150000</v>
+        <v>200000</v>
       </c>
     </row>
     <row r="113" spans="1:7" customHeight="1" ht="24">
       <c r="A113" s="2">
-        <v>322</v>
+        <v>521</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C113" s="4" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D113" s="2">
-        <v>0.84</v>
+        <v>0.38</v>
       </c>
       <c r="E113" s="2">
-        <v>5.82</v>
+        <v>2.62</v>
       </c>
       <c r="F113" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="G113" s="2">
-        <v>100000</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="114" spans="1:7" customHeight="1" ht="24">
       <c r="A114" s="2">
-        <v>324</v>
+        <v>194</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C114" s="4" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D114" s="2">
-        <v>0.84</v>
+        <v>0.21</v>
       </c>
       <c r="E114" s="2">
-        <v>5.82</v>
+        <v>1.44</v>
       </c>
       <c r="F114" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G114" s="2">
         <v>1000000</v>
       </c>
     </row>
     <row r="115" spans="1:7" customHeight="1" ht="24">
       <c r="A115" s="2">
-        <v>325</v>
+        <v>522</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C115" s="4" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D115" s="2">
-        <v>0.84</v>
+        <v>0.14</v>
       </c>
       <c r="E115" s="2">
-        <v>5.82</v>
+        <v>0.96</v>
       </c>
       <c r="F115" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G115" s="2">
-        <v>25000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="116" spans="1:7" customHeight="1" ht="24">
       <c r="A116" s="2">
-        <v>326</v>
+        <v>114</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C116" s="4" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D116" s="2">
-        <v>10.91</v>
+        <v>0.05</v>
       </c>
       <c r="E116" s="2">
-        <v>75.59999999999999</v>
+        <v>0.34</v>
       </c>
       <c r="F116" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G116" s="2">
-        <v>35000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="117" spans="1:7" customHeight="1" ht="24">
       <c r="A117" s="2">
-        <v>486</v>
+        <v>311</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C117" s="4" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D117" s="2">
-        <v>2.51</v>
+        <v>7.51</v>
       </c>
       <c r="E117" s="2">
-        <v>17.39</v>
+        <v>51.81</v>
       </c>
       <c r="F117" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G117" s="2">
-        <v>1000000</v>
+        <v>95000</v>
       </c>
     </row>
     <row r="118" spans="1:7" customHeight="1" ht="24">
       <c r="A118" s="2">
-        <v>287</v>
+        <v>312</v>
       </c>
       <c r="B118" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C118" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="C118" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D118" s="2">
-        <v>3.76</v>
+        <v>12.07</v>
       </c>
       <c r="E118" s="2">
-        <v>26.050000000000001</v>
+        <v>83.28</v>
       </c>
       <c r="F118" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G118" s="2">
-        <v>1000000</v>
+        <v>90000</v>
       </c>
     </row>
     <row r="119" spans="1:7" customHeight="1" ht="24">
       <c r="A119" s="2">
-        <v>260</v>
+        <v>313</v>
       </c>
       <c r="B119" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C119" s="4" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D119" s="2">
-        <v>2.02</v>
+        <v>21.35</v>
       </c>
       <c r="E119" s="2">
-        <v>13.99</v>
+        <v>147.31</v>
       </c>
       <c r="F119" s="2">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G119" s="2">
-        <v>100000</v>
+        <v>120000</v>
       </c>
     </row>
     <row r="120" spans="1:7" customHeight="1" ht="24">
       <c r="A120" s="2">
-        <v>350</v>
+        <v>314</v>
       </c>
       <c r="B120" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C120" s="4" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D120" s="2">
-        <v>3.65</v>
+        <v>15.42</v>
       </c>
       <c r="E120" s="2">
-        <v>25.29</v>
+        <v>106.39</v>
       </c>
       <c r="F120" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G120" s="2">
-        <v>100000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="121" spans="1:7" customHeight="1" ht="24">
       <c r="A121" s="2">
-        <v>384</v>
+        <v>315</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C121" s="4" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D121" s="2">
-        <v>4.74</v>
+        <v>50.4</v>
       </c>
       <c r="E121" s="2">
-        <v>32.84</v>
+        <v>347.75999999999999</v>
       </c>
       <c r="F121" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G121" s="2">
-        <v>1000000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="122" spans="1:7" customHeight="1" ht="24">
       <c r="A122" s="2">
-        <v>440</v>
+        <v>316</v>
       </c>
       <c r="B122" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C122" s="4" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D122" s="2">
-        <v>4.07</v>
+        <v>208.90000000000001</v>
       </c>
       <c r="E122" s="2">
-        <v>28.2</v>
+        <v>1441.41000000000008</v>
       </c>
       <c r="F122" s="2">
         <v>10</v>
       </c>
       <c r="G122" s="2">
-        <v>5000000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="123" spans="1:7" customHeight="1" ht="24">
       <c r="A123" s="2">
-        <v>348</v>
+        <v>317</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C123" s="4" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="D123" s="2">
-        <v>3.04</v>
+        <v>429.12</v>
       </c>
       <c r="E123" s="2">
-        <v>21.059999999999999</v>
+        <v>2960.92000000000007</v>
       </c>
       <c r="F123" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G123" s="2">
-        <v>5000000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="124" spans="1:7" customHeight="1" ht="24">
       <c r="A124" s="2">
-        <v>286</v>
+        <v>318</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C124" s="4" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D124" s="2">
-        <v>3.04</v>
+        <v>1.04</v>
       </c>
       <c r="E124" s="2">
-        <v>21.059999999999999</v>
+        <v>7.17</v>
       </c>
       <c r="F124" s="2">
         <v>10</v>
       </c>
       <c r="G124" s="2">
-        <v>10000000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="125" spans="1:7" customHeight="1" ht="24">
       <c r="A125" s="2">
-        <v>450</v>
+        <v>321</v>
       </c>
       <c r="B125" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C125" s="4" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D125" s="2">
-        <v>4.06</v>
+        <v>0.91</v>
       </c>
       <c r="E125" s="2">
-        <v>28.13</v>
+        <v>6.27</v>
       </c>
       <c r="F125" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G125" s="2">
-        <v>1000000</v>
+        <v>150000</v>
       </c>
     </row>
     <row r="126" spans="1:7" customHeight="1" ht="24">
       <c r="A126" s="2">
-        <v>354</v>
+        <v>322</v>
       </c>
       <c r="B126" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C126" s="4" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D126" s="2">
-        <v>0.08</v>
+        <v>0.85</v>
       </c>
       <c r="E126" s="2">
-        <v>0.55</v>
+        <v>5.86</v>
       </c>
       <c r="F126" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G126" s="2">
-        <v>1000000000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="127" spans="1:7" customHeight="1" ht="24">
       <c r="A127" s="2">
-        <v>151</v>
+        <v>324</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C127" s="4" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D127" s="2">
-        <v>0.03</v>
+        <v>0.85</v>
       </c>
       <c r="E127" s="2">
-        <v>0.2</v>
+        <v>5.86</v>
       </c>
       <c r="F127" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="G127" s="2">
-        <v>100000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="128" spans="1:7" customHeight="1" ht="24">
       <c r="A128" s="2">
-        <v>462</v>
+        <v>325</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C128" s="4" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D128" s="2">
-        <v>0.05</v>
+        <v>0.85</v>
       </c>
       <c r="E128" s="2">
-        <v>0.34</v>
+        <v>5.86</v>
       </c>
       <c r="F128" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G128" s="2">
-        <v>1000000000</v>
+        <v>25000</v>
       </c>
     </row>
     <row r="129" spans="1:7" customHeight="1" ht="24">
       <c r="A129" s="2">
-        <v>152</v>
+        <v>326</v>
       </c>
       <c r="B129" s="2" t="s">
-        <v>124</v>
+        <v>90</v>
       </c>
       <c r="C129" s="4" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D129" s="2">
-        <v>0.05</v>
+        <v>10.039999999999999</v>
       </c>
       <c r="E129" s="2">
-        <v>0.34</v>
+        <v>69.27</v>
       </c>
       <c r="F129" s="2">
         <v>100</v>
       </c>
       <c r="G129" s="2">
-        <v>100000000</v>
+        <v>80000</v>
       </c>
     </row>
     <row r="130" spans="1:7" customHeight="1" ht="24">
       <c r="A130" s="2">
-        <v>153</v>
+        <v>348</v>
       </c>
       <c r="B130" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C130" s="4" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D130" s="2">
-        <v>0.32</v>
+        <v>3.4</v>
       </c>
       <c r="E130" s="2">
-        <v>2.21</v>
+        <v>23.46</v>
       </c>
       <c r="F130" s="2">
         <v>10</v>
       </c>
       <c r="G130" s="2">
-        <v>1000000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="131" spans="1:7" customHeight="1" ht="24">
       <c r="A131" s="2">
-        <v>256</v>
+        <v>384</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C131" s="4" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D131" s="2">
-        <v>0.41</v>
+        <v>4.44</v>
       </c>
       <c r="E131" s="2">
-        <v>2.84</v>
+        <v>30.63</v>
       </c>
       <c r="F131" s="2">
         <v>10</v>
       </c>
       <c r="G131" s="2">
-        <v>3000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="132" spans="1:7" customHeight="1" ht="24">
       <c r="A132" s="2">
-        <v>154</v>
+        <v>486</v>
       </c>
       <c r="B132" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C132" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D132" s="2">
-        <v>0.36</v>
+        <v>2.54</v>
       </c>
       <c r="E132" s="2">
-        <v>2.49</v>
+        <v>17.52</v>
       </c>
       <c r="F132" s="2">
         <v>10</v>
       </c>
       <c r="G132" s="2">
-        <v>10000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="133" spans="1:7" customHeight="1" ht="24">
       <c r="A133" s="2">
-        <v>333</v>
+        <v>287</v>
       </c>
       <c r="B133" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C133" s="4" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D133" s="2">
-        <v>0.46</v>
+        <v>3.82</v>
       </c>
       <c r="E133" s="2">
-        <v>3.18</v>
+        <v>26.35</v>
       </c>
       <c r="F133" s="2">
         <v>10</v>
       </c>
       <c r="G133" s="2">
-        <v>10000000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="134" spans="1:7" customHeight="1" ht="24">
       <c r="A134" s="2">
-        <v>428</v>
+        <v>260</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C134" s="4" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D134" s="2">
-        <v>0.24</v>
+        <v>2.06</v>
       </c>
       <c r="E134" s="2">
-        <v>1.66</v>
+        <v>14.21</v>
       </c>
       <c r="F134" s="2">
         <v>10</v>
       </c>
       <c r="G134" s="2">
-        <v>1000000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="135" spans="1:7" customHeight="1" ht="24">
       <c r="A135" s="2">
-        <v>155</v>
+        <v>350</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C135" s="4" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D135" s="2">
-        <v>0.61</v>
+        <v>3.7</v>
       </c>
       <c r="E135" s="2">
-        <v>4.22</v>
+        <v>25.53</v>
       </c>
       <c r="F135" s="2">
         <v>10</v>
       </c>
       <c r="G135" s="2">
-        <v>10000000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="136" spans="1:7" customHeight="1" ht="24">
       <c r="A136" s="2">
-        <v>334</v>
+        <v>440</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C136" s="4" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D136" s="2">
-        <v>0.2</v>
+        <v>6.62</v>
       </c>
       <c r="E136" s="2">
-        <v>1.38</v>
+        <v>45.67</v>
       </c>
       <c r="F136" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G136" s="2">
-        <v>10000000</v>
+        <v>5000000</v>
       </c>
     </row>
     <row r="137" spans="1:7" customHeight="1" ht="24">
       <c r="A137" s="2">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="B137" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C137" s="4" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D137" s="2">
-        <v>11.94</v>
+        <v>3.1</v>
       </c>
       <c r="E137" s="2">
-        <v>82.73999999999999</v>
+        <v>21.39</v>
       </c>
       <c r="F137" s="2">
         <v>10</v>
       </c>
       <c r="G137" s="2">
-        <v>100000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="138" spans="1:7" customHeight="1" ht="24">
       <c r="A138" s="2">
-        <v>158</v>
+        <v>450</v>
       </c>
       <c r="B138" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C138" s="4" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D138" s="2">
-        <v>3.8</v>
+        <v>4.11</v>
       </c>
       <c r="E138" s="2">
-        <v>26.33</v>
+        <v>28.35</v>
       </c>
       <c r="F138" s="2">
         <v>10</v>
       </c>
       <c r="G138" s="2">
-        <v>1000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="139" spans="1:7" customHeight="1" ht="24">
       <c r="A139" s="2">
-        <v>247</v>
+        <v>151</v>
       </c>
       <c r="B139" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D139" s="2">
-        <v>3.2</v>
+        <v>0.03</v>
       </c>
       <c r="E139" s="2">
-        <v>22.17</v>
+        <v>0.2</v>
       </c>
       <c r="F139" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G139" s="2">
-        <v>10000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="140" spans="1:7" customHeight="1" ht="24">
       <c r="A140" s="2">
-        <v>382</v>
+        <v>462</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C140" s="4" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D140" s="2">
-        <v>3.96</v>
+        <v>0.05</v>
       </c>
       <c r="E140" s="2">
-        <v>27.44</v>
+        <v>0.34</v>
       </c>
       <c r="F140" s="2">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="G140" s="2">
-        <v>100000</v>
+        <v>1000000000</v>
       </c>
     </row>
     <row r="141" spans="1:7" customHeight="1" ht="24">
       <c r="A141" s="2">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="B141" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C141" s="4" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D141" s="2">
-        <v>20.73</v>
+        <v>0.32</v>
       </c>
       <c r="E141" s="2">
-        <v>143.65000000000001</v>
+        <v>2.2</v>
       </c>
       <c r="F141" s="2">
         <v>10</v>
       </c>
       <c r="G141" s="2">
-        <v>10000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="142" spans="1:7" customHeight="1" ht="24">
       <c r="A142" s="2">
-        <v>335</v>
+        <v>428</v>
       </c>
       <c r="B142" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C142" s="4" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="D142" s="2">
-        <v>18.8</v>
+        <v>0.21</v>
       </c>
       <c r="E142" s="2">
-        <v>130.28</v>
+        <v>1.44</v>
       </c>
       <c r="F142" s="2">
         <v>10</v>
       </c>
       <c r="G142" s="2">
-        <v>10000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="143" spans="1:7" customHeight="1" ht="24">
       <c r="A143" s="2">
-        <v>160</v>
+        <v>333</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D143" s="2">
-        <v>0.21</v>
+        <v>0.46</v>
       </c>
       <c r="E143" s="2">
-        <v>1.45</v>
+        <v>3.17</v>
       </c>
       <c r="F143" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G143" s="2">
-        <v>100000000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="144" spans="1:7" customHeight="1" ht="24">
       <c r="A144" s="2">
-        <v>414</v>
+        <v>154</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D144" s="2">
-        <v>0.07</v>
+        <v>0.33</v>
       </c>
       <c r="E144" s="2">
-        <v>0.48</v>
+        <v>2.27</v>
       </c>
       <c r="F144" s="2">
         <v>10</v>
       </c>
       <c r="G144" s="2">
-        <v>100000000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="145" spans="1:7" customHeight="1" ht="24">
       <c r="A145" s="2">
-        <v>415</v>
+        <v>525</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D145" s="2">
         <v>0.17</v>
       </c>
       <c r="E145" s="2">
         <v>1.17</v>
       </c>
       <c r="F145" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G145" s="2">
-        <v>100000000</v>
+        <v>3000000</v>
       </c>
     </row>
     <row r="146" spans="1:7" customHeight="1" ht="24">
       <c r="A146" s="2">
-        <v>416</v>
+        <v>526</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C146" s="4" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D146" s="2">
-        <v>1.98</v>
+        <v>0.38</v>
       </c>
       <c r="E146" s="2">
-        <v>13.72</v>
+        <v>2.62</v>
       </c>
       <c r="F146" s="2">
         <v>10</v>
       </c>
       <c r="G146" s="2">
-        <v>1000000</v>
+        <v>3000000</v>
       </c>
     </row>
     <row r="147" spans="1:7" customHeight="1" ht="24">
       <c r="A147" s="2">
-        <v>162</v>
+        <v>256</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D147" s="2">
-        <v>3.31</v>
+        <v>0.42</v>
       </c>
       <c r="E147" s="2">
-        <v>22.93</v>
+        <v>2.89</v>
       </c>
       <c r="F147" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G147" s="2">
-        <v>100000</v>
+        <v>3000000</v>
       </c>
     </row>
     <row r="148" spans="1:7" customHeight="1" ht="24">
       <c r="A148" s="2">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C148" s="4" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D148" s="2">
-        <v>6.65</v>
+        <v>0.61</v>
       </c>
       <c r="E148" s="2">
-        <v>46.079999999999998</v>
+        <v>4.2</v>
       </c>
       <c r="F148" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G148" s="2">
-        <v>100000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="149" spans="1:7" customHeight="1" ht="24">
       <c r="A149" s="2">
-        <v>164</v>
+        <v>334</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D149" s="2">
-        <v>13.28</v>
+        <v>0.21</v>
       </c>
       <c r="E149" s="2">
-        <v>92.030000000000001</v>
+        <v>1.44</v>
       </c>
       <c r="F149" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G149" s="2">
-        <v>100000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="150" spans="1:7" customHeight="1" ht="24">
       <c r="A150" s="2">
-        <v>465</v>
+        <v>510</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>124</v>
+        <v>136</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="D150" s="2">
-        <v>26.76</v>
+        <v>2.55</v>
       </c>
       <c r="E150" s="2">
-        <v>185.44</v>
+        <v>17.59</v>
       </c>
       <c r="F150" s="2">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="G150" s="2">
-        <v>100000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="151" spans="1:7" customHeight="1" ht="24">
       <c r="A151" s="2">
-        <v>349</v>
+        <v>156</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="C151" s="4" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D151" s="2">
-        <v>19.28</v>
+        <v>0.14</v>
       </c>
       <c r="E151" s="2">
-        <v>133.61000000000001</v>
+        <v>0.96</v>
       </c>
       <c r="F151" s="2">
         <v>10</v>
       </c>
       <c r="G151" s="2">
-        <v>2000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="152" spans="1:7" customHeight="1" ht="24">
       <c r="A152" s="2">
-        <v>353</v>
+        <v>157</v>
       </c>
       <c r="B152" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C152" s="4" t="s">
         <v>159</v>
       </c>
-      <c r="C152" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" s="2">
-        <v>25.96</v>
+        <v>12.17</v>
       </c>
       <c r="E152" s="2">
-        <v>179.90000000000001</v>
+        <v>83.97</v>
       </c>
       <c r="F152" s="2">
         <v>10</v>
       </c>
       <c r="G152" s="2">
-        <v>3000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="153" spans="1:7" customHeight="1" ht="24">
       <c r="A153" s="2">
-        <v>459</v>
+        <v>247</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="C153" s="4" t="s">
         <v>160</v>
       </c>
       <c r="D153" s="2">
-        <v>21.65</v>
+        <v>3.37</v>
       </c>
       <c r="E153" s="2">
-        <v>150.030000000000001</v>
+        <v>23.25</v>
       </c>
       <c r="F153" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G153" s="2">
-        <v>2000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="154" spans="1:7" customHeight="1" ht="24">
       <c r="A154" s="2">
-        <v>460</v>
+        <v>382</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="C154" s="4" t="s">
         <v>161</v>
       </c>
       <c r="D154" s="2">
-        <v>28.16</v>
+        <v>3.82</v>
       </c>
       <c r="E154" s="2">
-        <v>195.13999999999999</v>
+        <v>26.35</v>
       </c>
       <c r="F154" s="2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G154" s="2">
-        <v>2000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="155" spans="1:7" customHeight="1" ht="24">
       <c r="A155" s="2">
-        <v>390</v>
+        <v>160</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="C155" s="4" t="s">
         <v>162</v>
       </c>
       <c r="D155" s="2">
-        <v>2.68</v>
+        <v>0.21</v>
       </c>
       <c r="E155" s="2">
-        <v>18.57</v>
+        <v>1.44</v>
       </c>
       <c r="F155" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G155" s="2">
-        <v>20000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="156" spans="1:7" customHeight="1" ht="24">
       <c r="A156" s="2">
-        <v>489</v>
+        <v>414</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="C156" s="4" t="s">
         <v>163</v>
       </c>
       <c r="D156" s="2">
-        <v>2.69</v>
+        <v>0.07</v>
       </c>
       <c r="E156" s="2">
-        <v>18.64</v>
+        <v>0.48</v>
       </c>
       <c r="F156" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G156" s="2">
-        <v>20000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="157" spans="1:7" customHeight="1" ht="24">
       <c r="A157" s="2">
-        <v>446</v>
+        <v>415</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="C157" s="4" t="s">
         <v>164</v>
       </c>
       <c r="D157" s="2">
-        <v>2.74</v>
+        <v>0.18</v>
       </c>
       <c r="E157" s="2">
-        <v>18.98</v>
+        <v>1.24</v>
       </c>
       <c r="F157" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G157" s="2">
-        <v>20000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="158" spans="1:7" customHeight="1" ht="24">
       <c r="A158" s="2">
-        <v>417</v>
+        <v>523</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="C158" s="4" t="s">
         <v>165</v>
       </c>
       <c r="D158" s="2">
-        <v>4.86</v>
+        <v>1.92</v>
       </c>
       <c r="E158" s="2">
-        <v>33.67</v>
+        <v>13.24</v>
       </c>
       <c r="F158" s="2">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="G158" s="2">
-        <v>100000000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="159" spans="1:7" customHeight="1" ht="24">
       <c r="A159" s="2">
-        <v>444</v>
+        <v>524</v>
       </c>
       <c r="B159" s="2" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D159" s="2">
-        <v>6.9</v>
+        <v>1.92</v>
       </c>
       <c r="E159" s="2">
-        <v>47.81</v>
+        <v>13.24</v>
       </c>
       <c r="F159" s="2">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="G159" s="2">
-        <v>100000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="160" spans="1:7" customHeight="1" ht="24">
       <c r="A160" s="2">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B160" s="2" t="s">
-        <v>159</v>
+        <v>136</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D160" s="2">
-        <v>7.09</v>
+        <v>1.98</v>
       </c>
       <c r="E160" s="2">
-        <v>49.13</v>
+        <v>13.66</v>
       </c>
       <c r="F160" s="2">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="G160" s="2">
-        <v>100000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="161" spans="1:7" customHeight="1" ht="24">
       <c r="A161" s="2">
-        <v>445</v>
+        <v>349</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C161" s="4" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D161" s="2">
-        <v>9.52</v>
+        <v>14.38</v>
       </c>
       <c r="E161" s="2">
-        <v>65.97</v>
+        <v>99.22</v>
       </c>
       <c r="F161" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G161" s="2">
-        <v>20000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="162" spans="1:7" customHeight="1" ht="24">
       <c r="A162" s="2">
-        <v>471</v>
+        <v>353</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C162" s="4" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D162" s="2">
-        <v>0.03</v>
+        <v>25.15</v>
       </c>
       <c r="E162" s="2">
-        <v>0.2</v>
+        <v>173.53</v>
       </c>
       <c r="F162" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G162" s="2">
-        <v>1000000000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="163" spans="1:7" customHeight="1" ht="24">
       <c r="A163" s="2">
-        <v>472</v>
+        <v>459</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D163" s="2">
-        <v>0.03</v>
+        <v>18.68</v>
       </c>
       <c r="E163" s="2">
-        <v>0.2</v>
+        <v>128.88999999999999</v>
       </c>
       <c r="F163" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G163" s="2">
-        <v>100000000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="164" spans="1:7" customHeight="1" ht="24">
       <c r="A164" s="2">
-        <v>267</v>
+        <v>460</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D164" s="2">
-        <v>0.03</v>
+        <v>27.3</v>
       </c>
       <c r="E164" s="2">
-        <v>0.2</v>
+        <v>188.37</v>
       </c>
       <c r="F164" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G164" s="2">
-        <v>10000000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="165" spans="1:7" customHeight="1" ht="24">
       <c r="A165" s="2">
-        <v>427</v>
+        <v>491</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C165" s="4" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D165" s="2">
-        <v>0.03</v>
+        <v>3.29</v>
       </c>
       <c r="E165" s="2">
-        <v>0.2</v>
+        <v>22.7</v>
       </c>
       <c r="F165" s="2">
         <v>100</v>
       </c>
       <c r="G165" s="2">
-        <v>1000000000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="166" spans="1:7" customHeight="1" ht="24">
       <c r="A166" s="2">
-        <v>266</v>
+        <v>492</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C166" s="4" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D166" s="2">
-        <v>0.05</v>
+        <v>3.29</v>
       </c>
       <c r="E166" s="2">
-        <v>0.34</v>
+        <v>22.7</v>
       </c>
       <c r="F166" s="2">
         <v>100</v>
       </c>
       <c r="G166" s="2">
-        <v>100000000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="167" spans="1:7" customHeight="1" ht="24">
       <c r="A167" s="2">
-        <v>426</v>
+        <v>493</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D167" s="2">
-        <v>0.06</v>
+        <v>3.29</v>
       </c>
       <c r="E167" s="2">
-        <v>0.41</v>
+        <v>22.7</v>
       </c>
       <c r="F167" s="2">
         <v>100</v>
       </c>
       <c r="G167" s="2">
-        <v>1000000000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="168" spans="1:7" customHeight="1" ht="24">
       <c r="A168" s="2">
-        <v>473</v>
+        <v>390</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D168" s="2">
-        <v>0.06</v>
+        <v>2.71</v>
       </c>
       <c r="E168" s="2">
-        <v>0.41</v>
+        <v>18.69</v>
       </c>
       <c r="F168" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="G168" s="2">
-        <v>100000000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="169" spans="1:7" customHeight="1" ht="24">
       <c r="A169" s="2">
-        <v>474</v>
+        <v>489</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D169" s="2">
-        <v>0.06</v>
+        <v>2.75</v>
       </c>
       <c r="E169" s="2">
-        <v>0.41</v>
+        <v>18.97</v>
       </c>
       <c r="F169" s="2">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="G169" s="2">
-        <v>100000000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="170" spans="1:7" customHeight="1" ht="24">
       <c r="A170" s="2">
-        <v>421</v>
+        <v>446</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C170" s="4" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D170" s="2">
-        <v>0.13</v>
+        <v>1.88</v>
       </c>
       <c r="E170" s="2">
-        <v>0.9</v>
+        <v>12.97</v>
       </c>
       <c r="F170" s="2">
         <v>100</v>
       </c>
       <c r="G170" s="2">
-        <v>10000000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="171" spans="1:7" customHeight="1" ht="24">
       <c r="A171" s="2">
-        <v>278</v>
+        <v>417</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C171" s="4" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D171" s="2">
-        <v>0.02</v>
+        <v>4.95</v>
       </c>
       <c r="E171" s="2">
-        <v>0.13</v>
+        <v>34.15</v>
       </c>
       <c r="F171" s="2">
         <v>100</v>
       </c>
       <c r="G171" s="2">
         <v>100000000</v>
       </c>
     </row>
     <row r="172" spans="1:7" customHeight="1" ht="24">
       <c r="A172" s="2">
-        <v>200</v>
+        <v>444</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D172" s="2">
-        <v>0.05</v>
+        <v>7.02</v>
       </c>
       <c r="E172" s="2">
-        <v>0.34</v>
+        <v>48.43</v>
       </c>
       <c r="F172" s="2">
         <v>100</v>
       </c>
       <c r="G172" s="2">
-        <v>100000000</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="173" spans="1:7" customHeight="1" ht="24">
       <c r="A173" s="2">
-        <v>202</v>
+        <v>418</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="D173" s="2">
-        <v>5.67</v>
+        <v>7.22</v>
       </c>
       <c r="E173" s="2">
-        <v>39.29</v>
+        <v>49.81</v>
       </c>
       <c r="F173" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G173" s="2">
-        <v>500</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="174" spans="1:7" customHeight="1" ht="24">
       <c r="A174" s="2">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D174" s="2">
-        <v>7.05</v>
+        <v>9.7</v>
       </c>
       <c r="E174" s="2">
-        <v>48.85</v>
+        <v>66.92</v>
       </c>
       <c r="F174" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G174" s="2">
-        <v>1000</v>
+        <v>20000</v>
       </c>
     </row>
     <row r="175" spans="1:7" customHeight="1" ht="24">
       <c r="A175" s="2">
-        <v>430</v>
+        <v>273</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D175" s="2">
-        <v>7.4</v>
+        <v>61.020000000000003</v>
       </c>
       <c r="E175" s="2">
-        <v>51.28</v>
+        <v>421.029999999999973</v>
       </c>
       <c r="F175" s="2">
         <v>10</v>
       </c>
       <c r="G175" s="2">
         <v>1000</v>
       </c>
     </row>
     <row r="176" spans="1:7" customHeight="1" ht="24">
       <c r="A176" s="2">
-        <v>433</v>
+        <v>274</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D176" s="2">
-        <v>6.8</v>
+        <v>65.23</v>
       </c>
       <c r="E176" s="2">
-        <v>47.12</v>
+        <v>450.079999999999984</v>
       </c>
       <c r="F176" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G176" s="2">
-        <v>10000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="177" spans="1:7" customHeight="1" ht="24">
       <c r="A177" s="2">
-        <v>203</v>
+        <v>98</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D177" s="2">
-        <v>7.59</v>
+        <v>97.61</v>
       </c>
       <c r="E177" s="2">
-        <v>52.59</v>
+        <v>673.5</v>
       </c>
       <c r="F177" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="G177" s="2">
-        <v>3000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="178" spans="1:7" customHeight="1" ht="24">
       <c r="A178" s="2">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D178" s="2">
-        <v>9.0099999999999998</v>
+        <v>60.31</v>
       </c>
       <c r="E178" s="2">
-        <v>62.43</v>
+        <v>416.13</v>
       </c>
       <c r="F178" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G178" s="2">
-        <v>400</v>
+        <v>100000</v>
       </c>
     </row>
     <row r="179" spans="1:7" customHeight="1" ht="24">
       <c r="A179" s="2">
-        <v>204</v>
+        <v>100</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D179" s="2">
-        <v>14.58</v>
+        <v>95.19</v>
       </c>
       <c r="E179" s="2">
-        <v>101.030000000000001</v>
+        <v>656.80999999999995</v>
       </c>
       <c r="F179" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G179" s="2">
-        <v>400</v>
+        <v>500000</v>
       </c>
     </row>
     <row r="180" spans="1:7" customHeight="1" ht="24">
       <c r="A180" s="2">
-        <v>206</v>
+        <v>471</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D180" s="2">
-        <v>9.59</v>
+        <v>0.03</v>
       </c>
       <c r="E180" s="2">
-        <v>66.45</v>
+        <v>0.2</v>
       </c>
       <c r="F180" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="G180" s="2">
-        <v>600</v>
+        <v>1000000000</v>
       </c>
     </row>
     <row r="181" spans="1:7" customHeight="1" ht="24">
       <c r="A181" s="2">
-        <v>283</v>
+        <v>472</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="D181" s="2">
-        <v>11.24</v>
+        <v>0.03</v>
       </c>
       <c r="E181" s="2">
-        <v>77.89</v>
+        <v>0.2</v>
       </c>
       <c r="F181" s="2">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="G181" s="2">
-        <v>50</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="182" spans="1:7" customHeight="1" ht="24">
       <c r="A182" s="2">
-        <v>209</v>
+        <v>267</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C182" s="4" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D182" s="2">
-        <v>10.76</v>
+        <v>0.03</v>
       </c>
       <c r="E182" s="2">
-        <v>74.56</v>
+        <v>0.2</v>
       </c>
       <c r="F182" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G182" s="2">
-        <v>100</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="183" spans="1:7" customHeight="1" ht="24">
       <c r="A183" s="2">
-        <v>210</v>
+        <v>427</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C183" s="4" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D183" s="2">
-        <v>11.68</v>
+        <v>0.03</v>
       </c>
       <c r="E183" s="2">
-        <v>80.94</v>
+        <v>0.2</v>
       </c>
       <c r="F183" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G183" s="2">
-        <v>1000</v>
+        <v>500000000</v>
       </c>
     </row>
     <row r="184" spans="1:7" customHeight="1" ht="24">
       <c r="A184" s="2">
-        <v>211</v>
+        <v>266</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C184" s="4" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="D184" s="2">
-        <v>15.57</v>
+        <v>0.05</v>
       </c>
       <c r="E184" s="2">
-        <v>107.90000000000001</v>
+        <v>0.34</v>
       </c>
       <c r="F184" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G184" s="2">
-        <v>200</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="185" spans="1:7" customHeight="1" ht="24">
       <c r="A185" s="2">
-        <v>213</v>
+        <v>426</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C185" s="4" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D185" s="2">
-        <v>94.5</v>
+        <v>0.06</v>
       </c>
       <c r="E185" s="2">
-        <v>654.88</v>
+        <v>0.41</v>
       </c>
       <c r="F185" s="2">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="G185" s="2">
-        <v>1000</v>
+        <v>1000000000</v>
       </c>
     </row>
     <row r="186" spans="1:7" customHeight="1" ht="24">
       <c r="A186" s="2">
-        <v>212</v>
+        <v>473</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="D186" s="2">
-        <v>93.56</v>
+        <v>0.06</v>
       </c>
       <c r="E186" s="2">
-        <v>648.37</v>
+        <v>0.41</v>
       </c>
       <c r="F186" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="G186" s="2">
-        <v>1000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="187" spans="1:7" customHeight="1" ht="24">
       <c r="A187" s="2">
-        <v>214</v>
+        <v>474</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="D187" s="2">
-        <v>80.040000000000006</v>
+        <v>0.06</v>
       </c>
       <c r="E187" s="2">
-        <v>554.66999999999996</v>
+        <v>0.41</v>
       </c>
       <c r="F187" s="2">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="G187" s="2">
-        <v>1000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="188" spans="1:7" customHeight="1" ht="24">
       <c r="A188" s="2">
-        <v>215</v>
+        <v>421</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D188" s="2">
-        <v>80.040000000000006</v>
+        <v>0.13</v>
       </c>
       <c r="E188" s="2">
-        <v>554.66999999999996</v>
+        <v>0.89</v>
       </c>
       <c r="F188" s="2">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="G188" s="2">
-        <v>8000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="189" spans="1:7" customHeight="1" ht="24">
       <c r="A189" s="2">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D189" s="2">
-        <v>80.040000000000006</v>
+        <v>0.02</v>
       </c>
       <c r="E189" s="2">
-        <v>554.66999999999996</v>
+        <v>0.13</v>
       </c>
       <c r="F189" s="2">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="G189" s="2">
-        <v>8000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="190" spans="1:7" customHeight="1" ht="24">
       <c r="A190" s="2">
-        <v>216</v>
+        <v>505</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D190" s="2">
-        <v>81.25</v>
+        <v>0.02</v>
       </c>
       <c r="E190" s="2">
-        <v>563.059999999999945</v>
+        <v>0.13</v>
       </c>
       <c r="F190" s="2">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="G190" s="2">
-        <v>500</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="191" spans="1:7" customHeight="1" ht="24">
       <c r="A191" s="2">
-        <v>291</v>
+        <v>506</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C191" s="4" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="D191" s="2">
-        <v>81.0</v>
+        <v>0.04</v>
       </c>
       <c r="E191" s="2">
-        <v>561.32000000000005</v>
+        <v>0.27</v>
       </c>
       <c r="F191" s="2">
-        <v>3</v>
+        <v>100</v>
       </c>
       <c r="G191" s="2">
-        <v>500</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="192" spans="1:7" customHeight="1" ht="24">
       <c r="A192" s="2">
-        <v>296</v>
+        <v>200</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="D192" s="2">
-        <v>0.81</v>
+        <v>0.05</v>
       </c>
       <c r="E192" s="2">
-        <v>5.61</v>
+        <v>0.34</v>
       </c>
       <c r="F192" s="2">
         <v>100</v>
       </c>
       <c r="G192" s="2">
-        <v>1000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="193" spans="1:7" customHeight="1" ht="24">
       <c r="A193" s="2">
-        <v>297</v>
+        <v>202</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D193" s="2">
-        <v>0.52</v>
+        <v>5.78</v>
       </c>
       <c r="E193" s="2">
-        <v>3.6</v>
+        <v>39.88</v>
       </c>
       <c r="F193" s="2">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="G193" s="2">
-        <v>1000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="194" spans="1:7" customHeight="1" ht="24">
       <c r="A194" s="2">
-        <v>298</v>
+        <v>432</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D194" s="2">
-        <v>202.94999999999999</v>
+        <v>3.88</v>
       </c>
       <c r="E194" s="2">
-        <v>1406.44000000000005</v>
+        <v>26.77</v>
       </c>
       <c r="F194" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G194" s="2">
-        <v>180</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="195" spans="1:7" customHeight="1" ht="24">
       <c r="A195" s="2">
-        <v>299</v>
+        <v>203</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D195" s="2">
-        <v>0.41</v>
+        <v>7.43</v>
       </c>
       <c r="E195" s="2">
-        <v>2.84</v>
+        <v>51.26</v>
       </c>
       <c r="F195" s="2">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="G195" s="2">
-        <v>10000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="196" spans="1:7" customHeight="1" ht="24">
       <c r="A196" s="2">
-        <v>300</v>
+        <v>516</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D196" s="2">
-        <v>0.82</v>
+        <v>34.07</v>
       </c>
       <c r="E196" s="2">
-        <v>5.68</v>
+        <v>235.080000000000013</v>
       </c>
       <c r="F196" s="2">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="G196" s="2">
-        <v>10000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="197" spans="1:7" customHeight="1" ht="24">
       <c r="A197" s="2">
-        <v>301</v>
+        <v>515</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="D197" s="2">
-        <v>1.63</v>
+        <v>4.09</v>
       </c>
       <c r="E197" s="2">
-        <v>11.29</v>
+        <v>28.22</v>
       </c>
       <c r="F197" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G197" s="2">
         <v>10000</v>
       </c>
     </row>
     <row r="198" spans="1:7" customHeight="1" ht="24">
       <c r="A198" s="2">
-        <v>302</v>
+        <v>211</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D198" s="2">
-        <v>2.44</v>
+        <v>30.43</v>
       </c>
       <c r="E198" s="2">
-        <v>16.9</v>
+        <v>209.96000000000001</v>
       </c>
       <c r="F198" s="2">
+        <v>10</v>
+      </c>
+      <c r="G198" s="2">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000</v>
       </c>
     </row>
     <row r="199" spans="1:7" customHeight="1" ht="24">
       <c r="A199" s="2">
-        <v>303</v>
+        <v>213</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="D199" s="2">
-        <v>3.25</v>
+        <v>92.48999999999999</v>
       </c>
       <c r="E199" s="2">
-        <v>22.52</v>
+        <v>638.17999999999995</v>
       </c>
       <c r="F199" s="2">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="G199" s="2">
-        <v>10000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="200" spans="1:7" customHeight="1" ht="24">
       <c r="A200" s="2">
-        <v>304</v>
+        <v>212</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C200" s="4" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D200" s="2">
-        <v>14.41</v>
+        <v>91.42</v>
       </c>
       <c r="E200" s="2">
-        <v>99.86</v>
+        <v>630.78999999999996</v>
       </c>
       <c r="F200" s="2">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="G200" s="2">
-        <v>2500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="201" spans="1:7" customHeight="1" ht="24">
       <c r="A201" s="2">
-        <v>305</v>
+        <v>214</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D201" s="2">
-        <v>28.91</v>
+        <v>81.56999999999999</v>
       </c>
       <c r="E201" s="2">
-        <v>200.34</v>
+        <v>562.83000000000004</v>
       </c>
       <c r="F201" s="2">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="G201" s="2">
-        <v>2500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="202" spans="1:7" customHeight="1" ht="24">
       <c r="A202" s="2">
-        <v>306</v>
+        <v>215</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D202" s="2">
-        <v>35.19</v>
+        <v>78.31</v>
       </c>
       <c r="E202" s="2">
-        <v>243.86000000000001</v>
+        <v>540.33000000000004</v>
       </c>
       <c r="F202" s="2">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="G202" s="2">
-        <v>2500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="203" spans="1:7" customHeight="1" ht="24">
       <c r="A203" s="2">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>159</v>
+        <v>168</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D203" s="2">
-        <v>57.57</v>
+        <v>78.31</v>
       </c>
       <c r="E203" s="2">
-        <v>398.95999999999998</v>
+        <v>540.33000000000004</v>
       </c>
       <c r="F203" s="2">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="G203" s="2">
-        <v>2500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="204" spans="1:7" customHeight="1" ht="24">
       <c r="A204" s="2">
-        <v>388</v>
+        <v>216</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D204" s="2">
-        <v>35.009999999999998</v>
+        <v>81.95999999999999</v>
       </c>
       <c r="E204" s="2">
-        <v>242.61000000000001</v>
+        <v>565.51999999999998</v>
       </c>
       <c r="F204" s="2">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="G204" s="2">
         <v>500</v>
       </c>
     </row>
     <row r="205" spans="1:7" customHeight="1" ht="24">
       <c r="A205" s="2">
-        <v>377</v>
+        <v>291</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D205" s="2">
-        <v>60.28</v>
+        <v>82.54000000000001</v>
       </c>
       <c r="E205" s="2">
-        <v>417.74000000000001</v>
+        <v>569.51999999999998</v>
       </c>
       <c r="F205" s="2">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="G205" s="2">
-        <v>100000</v>
+        <v>500</v>
       </c>
     </row>
     <row r="206" spans="1:7" customHeight="1" ht="24">
       <c r="A206" s="2">
-        <v>443</v>
+        <v>296</v>
       </c>
       <c r="B206" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C206" s="4" t="s">
         <v>208</v>
       </c>
-      <c r="C206" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D206" s="2">
-        <v>14.43</v>
+        <v>0.82</v>
       </c>
       <c r="E206" s="2">
-        <v>99.98999999999999</v>
+        <v>5.65</v>
       </c>
       <c r="F206" s="2">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="G206" s="2">
-        <v>100000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="207" spans="1:7" customHeight="1" ht="24">
       <c r="A207" s="2">
-        <v>458</v>
+        <v>297</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D207" s="2">
-        <v>6.03</v>
+        <v>0.52</v>
       </c>
       <c r="E207" s="2">
-        <v>41.78</v>
+        <v>3.58</v>
       </c>
       <c r="F207" s="2">
         <v>100</v>
       </c>
       <c r="G207" s="2">
-        <v>1000000000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="208" spans="1:7" customHeight="1" ht="24">
       <c r="A208" s="2">
-        <v>97</v>
+        <v>508</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D208" s="2">
-        <v>2.79</v>
+        <v>1.79</v>
       </c>
       <c r="E208" s="2">
-        <v>19.33</v>
+        <v>12.35</v>
       </c>
       <c r="F208" s="2">
-        <v>3000</v>
+        <v>100</v>
       </c>
       <c r="G208" s="2">
-        <v>10000000</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="209" spans="1:7" customHeight="1" ht="24">
       <c r="A209" s="2">
-        <v>253</v>
+        <v>298</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D209" s="2">
-        <v>2.56</v>
+        <v>206.22</v>
       </c>
       <c r="E209" s="2">
-        <v>17.74</v>
+        <v>1422.91000000000008</v>
       </c>
       <c r="F209" s="2">
-        <v>10000</v>
+        <v>10</v>
       </c>
       <c r="G209" s="2">
-        <v>100000000</v>
+        <v>180</v>
       </c>
     </row>
     <row r="210" spans="1:7" customHeight="1" ht="24">
       <c r="A210" s="2">
-        <v>396</v>
+        <v>299</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C210" s="4" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D210" s="2">
-        <v>1.99</v>
+        <v>0.41</v>
       </c>
       <c r="E210" s="2">
-        <v>13.79</v>
+        <v>2.82</v>
       </c>
       <c r="F210" s="2">
-        <v>30000</v>
+        <v>50</v>
       </c>
       <c r="G210" s="2">
-        <v>100000000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="211" spans="1:7" customHeight="1" ht="24">
       <c r="A211" s="2">
-        <v>397</v>
+        <v>300</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C211" s="4" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="D211" s="2">
-        <v>1.93</v>
+        <v>0.82</v>
       </c>
       <c r="E211" s="2">
-        <v>13.37</v>
+        <v>5.65</v>
       </c>
       <c r="F211" s="2">
-        <v>40000</v>
+        <v>50</v>
       </c>
       <c r="G211" s="2">
-        <v>20000000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="212" spans="1:7" customHeight="1" ht="24">
       <c r="A212" s="2">
-        <v>398</v>
+        <v>301</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D212" s="2">
-        <v>1.58</v>
+        <v>1.65</v>
       </c>
       <c r="E212" s="2">
-        <v>10.94</v>
+        <v>11.38</v>
       </c>
       <c r="F212" s="2">
-        <v>500000</v>
+        <v>50</v>
       </c>
       <c r="G212" s="2">
-        <v>100000000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="213" spans="1:7" customHeight="1" ht="24">
       <c r="A213" s="2">
-        <v>401</v>
+        <v>302</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="D213" s="2">
-        <v>100.62</v>
+        <v>2.47</v>
       </c>
       <c r="E213" s="2">
-        <v>697.28999999999996</v>
+        <v>17.039999999999999</v>
       </c>
       <c r="F213" s="2">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="G213" s="2">
-        <v>4000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="214" spans="1:7" customHeight="1" ht="24">
       <c r="A214" s="2">
-        <v>327</v>
+        <v>303</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="D214" s="2">
-        <v>1.33</v>
+        <v>3.29</v>
       </c>
       <c r="E214" s="2">
-        <v>9.21</v>
+        <v>22.7</v>
       </c>
       <c r="F214" s="2">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="G214" s="2">
-        <v>20000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="215" spans="1:7" customHeight="1" ht="24">
       <c r="A215" s="2">
-        <v>131</v>
+        <v>304</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C215" s="4" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D215" s="2">
-        <v>2.18</v>
+        <v>13.66</v>
       </c>
       <c r="E215" s="2">
-        <v>15.1</v>
+        <v>94.25</v>
       </c>
       <c r="F215" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="G215" s="2">
-        <v>500000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="216" spans="1:7" customHeight="1" ht="24">
       <c r="A216" s="2">
-        <v>132</v>
+        <v>305</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C216" s="4" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D216" s="2">
-        <v>2.34</v>
+        <v>27.38</v>
       </c>
       <c r="E216" s="2">
-        <v>16.21</v>
+        <v>188.91999999999999</v>
       </c>
       <c r="F216" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="G216" s="2">
-        <v>100000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="217" spans="1:7" customHeight="1" ht="24">
       <c r="A217" s="2">
-        <v>133</v>
+        <v>306</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="D217" s="2">
-        <v>2.34</v>
+        <v>33.31</v>
       </c>
       <c r="E217" s="2">
-        <v>16.21</v>
+        <v>229.83000000000001</v>
       </c>
       <c r="F217" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="G217" s="2">
-        <v>100000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="218" spans="1:7" customHeight="1" ht="24">
       <c r="A218" s="2">
-        <v>134</v>
+        <v>307</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>208</v>
+        <v>168</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D218" s="2">
-        <v>2.34</v>
+        <v>54.48</v>
       </c>
       <c r="E218" s="2">
-        <v>16.21</v>
+        <v>375.91000000000003</v>
       </c>
       <c r="F218" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="G218" s="2">
-        <v>100000</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="219" spans="1:7" customHeight="1" ht="24">
       <c r="A219" s="2">
-        <v>135</v>
+        <v>388</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="D219" s="2">
-        <v>2.34</v>
+        <v>48.66</v>
       </c>
       <c r="E219" s="2">
-        <v>16.21</v>
+        <v>335.75</v>
       </c>
       <c r="F219" s="2">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="G219" s="2">
-        <v>100000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="220" spans="1:7" customHeight="1" ht="24">
       <c r="A220" s="2">
-        <v>136</v>
+        <v>422</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D220" s="2">
-        <v>2.52</v>
+        <v>64.90000000000001</v>
       </c>
       <c r="E220" s="2">
-        <v>17.46</v>
+        <v>447.81</v>
       </c>
       <c r="F220" s="2">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="G220" s="2">
-        <v>100000</v>
+        <v>50000</v>
       </c>
     </row>
     <row r="221" spans="1:7" customHeight="1" ht="24">
       <c r="A221" s="2">
-        <v>328</v>
+        <v>377</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D221" s="2">
-        <v>2.34</v>
+        <v>61.25</v>
       </c>
       <c r="E221" s="2">
-        <v>16.21</v>
+        <v>422.62</v>
       </c>
       <c r="F221" s="2">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="G221" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="222" spans="1:7" customHeight="1" ht="24">
       <c r="A222" s="2">
-        <v>490</v>
+        <v>443</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="D222" s="2">
-        <v>1.85</v>
+        <v>14.71</v>
       </c>
       <c r="E222" s="2">
-        <v>12.82</v>
+        <v>101.48999999999999</v>
       </c>
       <c r="F222" s="2">
         <v>10</v>
       </c>
       <c r="G222" s="2">
         <v>100000</v>
       </c>
     </row>
     <row r="223" spans="1:7" customHeight="1" ht="24">
       <c r="A223" s="2">
-        <v>94</v>
+        <v>494</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D223" s="2">
-        <v>10.81</v>
+        <v>2.99</v>
       </c>
       <c r="E223" s="2">
-        <v>74.91</v>
+        <v>20.63</v>
       </c>
       <c r="F223" s="2">
-        <v>5</v>
+        <v>1000</v>
       </c>
       <c r="G223" s="2">
-        <v>10000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="224" spans="1:7" customHeight="1" ht="24">
       <c r="A224" s="2">
-        <v>138</v>
+        <v>458</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D224" s="2">
-        <v>11.58</v>
+        <v>6.03</v>
       </c>
       <c r="E224" s="2">
-        <v>80.23999999999999</v>
+        <v>41.6</v>
       </c>
       <c r="F224" s="2">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="G224" s="2">
-        <v>10000</v>
+        <v>1000000000</v>
       </c>
     </row>
     <row r="225" spans="1:7" customHeight="1" ht="24">
       <c r="A225" s="2">
-        <v>140</v>
+        <v>97</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D225" s="2">
-        <v>0.82</v>
+        <v>2.79</v>
       </c>
       <c r="E225" s="2">
-        <v>5.68</v>
+        <v>19.25</v>
       </c>
       <c r="F225" s="2">
-        <v>50</v>
+        <v>3000</v>
       </c>
       <c r="G225" s="2">
-        <v>50000</v>
+        <v>10000000</v>
       </c>
     </row>
     <row r="226" spans="1:7" customHeight="1" ht="24">
       <c r="A226" s="2">
-        <v>141</v>
+        <v>253</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D226" s="2">
-        <v>1.63</v>
+        <v>2.44</v>
       </c>
       <c r="E226" s="2">
-        <v>11.29</v>
+        <v>16.83</v>
       </c>
       <c r="F226" s="2">
-        <v>50</v>
+        <v>10000</v>
       </c>
       <c r="G226" s="2">
-        <v>50000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="227" spans="1:7" customHeight="1" ht="24">
       <c r="A227" s="2">
-        <v>142</v>
+        <v>396</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D227" s="2">
-        <v>3.25</v>
+        <v>1.88</v>
       </c>
       <c r="E227" s="2">
-        <v>22.52</v>
+        <v>12.97</v>
       </c>
       <c r="F227" s="2">
-        <v>50</v>
+        <v>30000</v>
       </c>
       <c r="G227" s="2">
-        <v>50000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="228" spans="1:7" customHeight="1" ht="24">
       <c r="A228" s="2">
-        <v>143</v>
+        <v>397</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="D228" s="2">
-        <v>4.86</v>
+        <v>1.96</v>
       </c>
       <c r="E228" s="2">
-        <v>33.67</v>
+        <v>13.52</v>
       </c>
       <c r="F228" s="2">
-        <v>50</v>
+        <v>40000</v>
       </c>
       <c r="G228" s="2">
-        <v>50000</v>
+        <v>20000000</v>
       </c>
     </row>
     <row r="229" spans="1:7" customHeight="1" ht="24">
       <c r="A229" s="2">
-        <v>144</v>
+        <v>398</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C229" s="4" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D229" s="2">
-        <v>6.48</v>
+        <v>1.53</v>
       </c>
       <c r="E229" s="2">
-        <v>44.9</v>
+        <v>10.55</v>
       </c>
       <c r="F229" s="2">
-        <v>50</v>
+        <v>500000</v>
       </c>
       <c r="G229" s="2">
-        <v>50000</v>
+        <v>100000000</v>
       </c>
     </row>
     <row r="230" spans="1:7" customHeight="1" ht="24">
       <c r="A230" s="2">
-        <v>145</v>
+        <v>401</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C230" s="4" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="D230" s="2">
-        <v>12.96</v>
+        <v>102.54000000000001</v>
       </c>
       <c r="E230" s="2">
-        <v>89.81</v>
+        <v>707.51999999999998</v>
       </c>
       <c r="F230" s="2">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="G230" s="2">
-        <v>50000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="231" spans="1:7" customHeight="1" ht="24">
       <c r="A231" s="2">
-        <v>146</v>
+        <v>252</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="C231" s="4" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D231" s="2">
-        <v>19.43</v>
+        <v>2.26</v>
       </c>
       <c r="E231" s="2">
-        <v>134.63999999999999</v>
+        <v>15.59</v>
       </c>
       <c r="F231" s="2">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="G231" s="2">
-        <v>50000</v>
+        <v>1000000</v>
       </c>
     </row>
     <row r="232" spans="1:7" customHeight="1" ht="24">
       <c r="A232" s="2">
+        <v>327</v>
+      </c>
+      <c r="B232" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C232" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="D232" s="2">
+        <v>1.35</v>
+      </c>
+      <c r="E232" s="2">
+        <v>9.31</v>
+      </c>
+      <c r="F232" s="2">
+        <v>10</v>
+      </c>
+      <c r="G232" s="2">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="233" spans="1:7" customHeight="1" ht="24">
+      <c r="A233" s="2">
+        <v>131</v>
+      </c>
+      <c r="B233" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C233" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="D233" s="2">
+        <v>2.23</v>
+      </c>
+      <c r="E233" s="2">
+        <v>15.38</v>
+      </c>
+      <c r="F233" s="2">
+        <v>20</v>
+      </c>
+      <c r="G233" s="2">
+        <v>500000</v>
+      </c>
+    </row>
+    <row r="234" spans="1:7" customHeight="1" ht="24">
+      <c r="A234" s="2">
+        <v>132</v>
+      </c>
+      <c r="B234" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C234" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="D234" s="2">
+        <v>2.34</v>
+      </c>
+      <c r="E234" s="2">
+        <v>16.14</v>
+      </c>
+      <c r="F234" s="2">
+        <v>20</v>
+      </c>
+      <c r="G234" s="2">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="235" spans="1:7" customHeight="1" ht="24">
+      <c r="A235" s="2">
+        <v>133</v>
+      </c>
+      <c r="B235" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C235" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="D235" s="2">
+        <v>2.34</v>
+      </c>
+      <c r="E235" s="2">
+        <v>16.14</v>
+      </c>
+      <c r="F235" s="2">
+        <v>20</v>
+      </c>
+      <c r="G235" s="2">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="236" spans="1:7" customHeight="1" ht="24">
+      <c r="A236" s="2">
+        <v>134</v>
+      </c>
+      <c r="B236" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C236" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="D236" s="2">
+        <v>2.34</v>
+      </c>
+      <c r="E236" s="2">
+        <v>16.14</v>
+      </c>
+      <c r="F236" s="2">
+        <v>20</v>
+      </c>
+      <c r="G236" s="2">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="237" spans="1:7" customHeight="1" ht="24">
+      <c r="A237" s="2">
+        <v>135</v>
+      </c>
+      <c r="B237" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C237" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="D237" s="2">
+        <v>2.34</v>
+      </c>
+      <c r="E237" s="2">
+        <v>16.14</v>
+      </c>
+      <c r="F237" s="2">
+        <v>20</v>
+      </c>
+      <c r="G237" s="2">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="238" spans="1:7" customHeight="1" ht="24">
+      <c r="A238" s="2">
+        <v>136</v>
+      </c>
+      <c r="B238" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C238" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="D238" s="2">
+        <v>2.55</v>
+      </c>
+      <c r="E238" s="2">
+        <v>17.59</v>
+      </c>
+      <c r="F238" s="2">
+        <v>20</v>
+      </c>
+      <c r="G238" s="2">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="239" spans="1:7" customHeight="1" ht="24">
+      <c r="A239" s="2">
+        <v>328</v>
+      </c>
+      <c r="B239" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C239" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="D239" s="2">
+        <v>2.35</v>
+      </c>
+      <c r="E239" s="2">
+        <v>16.21</v>
+      </c>
+      <c r="F239" s="2">
+        <v>20</v>
+      </c>
+      <c r="G239" s="2">
+        <v>100000</v>
+      </c>
+    </row>
+    <row r="240" spans="1:7" customHeight="1" ht="24">
+      <c r="A240" s="2">
+        <v>130</v>
+      </c>
+      <c r="B240" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C240" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="D240" s="2">
+        <v>2.69</v>
+      </c>
+      <c r="E240" s="2">
+        <v>18.56</v>
+      </c>
+      <c r="F240" s="2">
+        <v>5</v>
+      </c>
+      <c r="G240" s="2">
+        <v>5000</v>
+      </c>
+    </row>
+    <row r="241" spans="1:7" customHeight="1" ht="24">
+      <c r="A241" s="2">
+        <v>498</v>
+      </c>
+      <c r="B241" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C241" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="D241" s="2">
+        <v>16.38</v>
+      </c>
+      <c r="E241" s="2">
+        <v>113.019999999999996</v>
+      </c>
+      <c r="F241" s="2">
+        <v>5</v>
+      </c>
+      <c r="G241" s="2">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="242" spans="1:7" customHeight="1" ht="24">
+      <c r="A242" s="2">
+        <v>94</v>
+      </c>
+      <c r="B242" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C242" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="D242" s="2">
+        <v>9.49</v>
+      </c>
+      <c r="E242" s="2">
+        <v>65.48</v>
+      </c>
+      <c r="F242" s="2">
+        <v>5</v>
+      </c>
+      <c r="G242" s="2">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="243" spans="1:7" customHeight="1" ht="24">
+      <c r="A243" s="2">
+        <v>138</v>
+      </c>
+      <c r="B243" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C243" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="D243" s="2">
+        <v>10.21</v>
+      </c>
+      <c r="E243" s="2">
+        <v>70.44</v>
+      </c>
+      <c r="F243" s="2">
+        <v>5</v>
+      </c>
+      <c r="G243" s="2">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="244" spans="1:7" customHeight="1" ht="24">
+      <c r="A244" s="2">
+        <v>140</v>
+      </c>
+      <c r="B244" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C244" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="D244" s="2">
+        <v>0.82</v>
+      </c>
+      <c r="E244" s="2">
+        <v>5.65</v>
+      </c>
+      <c r="F244" s="2">
+        <v>50</v>
+      </c>
+      <c r="G244" s="2">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="245" spans="1:7" customHeight="1" ht="24">
+      <c r="A245" s="2">
+        <v>141</v>
+      </c>
+      <c r="B245" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C245" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="D245" s="2">
+        <v>1.65</v>
+      </c>
+      <c r="E245" s="2">
+        <v>11.38</v>
+      </c>
+      <c r="F245" s="2">
+        <v>50</v>
+      </c>
+      <c r="G245" s="2">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="246" spans="1:7" customHeight="1" ht="24">
+      <c r="A246" s="2">
+        <v>142</v>
+      </c>
+      <c r="B246" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C246" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="D246" s="2">
+        <v>3.29</v>
+      </c>
+      <c r="E246" s="2">
+        <v>22.7</v>
+      </c>
+      <c r="F246" s="2">
+        <v>50</v>
+      </c>
+      <c r="G246" s="2">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="247" spans="1:7" customHeight="1" ht="24">
+      <c r="A247" s="2">
+        <v>143</v>
+      </c>
+      <c r="B247" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C247" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="D247" s="2">
+        <v>4.95</v>
+      </c>
+      <c r="E247" s="2">
+        <v>34.15</v>
+      </c>
+      <c r="F247" s="2">
+        <v>50</v>
+      </c>
+      <c r="G247" s="2">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="248" spans="1:7" customHeight="1" ht="24">
+      <c r="A248" s="2">
+        <v>144</v>
+      </c>
+      <c r="B248" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C248" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="D248" s="2">
+        <v>6.6</v>
+      </c>
+      <c r="E248" s="2">
+        <v>45.54</v>
+      </c>
+      <c r="F248" s="2">
+        <v>50</v>
+      </c>
+      <c r="G248" s="2">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="249" spans="1:7" customHeight="1" ht="24">
+      <c r="A249" s="2">
+        <v>145</v>
+      </c>
+      <c r="B249" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C249" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="D249" s="2">
+        <v>13.2</v>
+      </c>
+      <c r="E249" s="2">
+        <v>91.079999999999998</v>
+      </c>
+      <c r="F249" s="2">
+        <v>50</v>
+      </c>
+      <c r="G249" s="2">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="250" spans="1:7" customHeight="1" ht="24">
+      <c r="A250" s="2">
+        <v>146</v>
+      </c>
+      <c r="B250" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C250" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="D250" s="2">
+        <v>19.8</v>
+      </c>
+      <c r="E250" s="2">
+        <v>136.62</v>
+      </c>
+      <c r="F250" s="2">
+        <v>50</v>
+      </c>
+      <c r="G250" s="2">
+        <v>50000</v>
+      </c>
+    </row>
+    <row r="251" spans="1:7" customHeight="1" ht="24">
+      <c r="A251" s="2">
         <v>147</v>
       </c>
-      <c r="B232" s="2" t="s">
-[...11 lines deleted...]
-      <c r="F232" s="2">
+      <c r="B251" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C251" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="D251" s="2">
+        <v>39.6</v>
+      </c>
+      <c r="E251" s="2">
+        <v>273.24000000000001</v>
+      </c>
+      <c r="F251" s="2">
         <v>50</v>
       </c>
-      <c r="G232" s="2">
+      <c r="G251" s="2">
         <v>50000</v>
+      </c>
+    </row>
+    <row r="252" spans="1:7" customHeight="1" ht="24">
+      <c r="A252" s="2">
+        <v>148</v>
+      </c>
+      <c r="B252" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C252" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="D252" s="2">
+        <v>7.22</v>
+      </c>
+      <c r="E252" s="2">
+        <v>49.81</v>
+      </c>
+      <c r="F252" s="2">
+        <v>5</v>
+      </c>
+      <c r="G252" s="2">
+        <v>100000</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>